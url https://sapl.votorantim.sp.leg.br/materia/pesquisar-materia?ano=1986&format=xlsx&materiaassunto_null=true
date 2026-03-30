--- v0 (2026-02-02)
+++ v1 (2026-03-30)
@@ -54,462 +54,462 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>22376</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMSB</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>Outros vereadores</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22376/11_1986_-_emenda-1.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22376/11_1986_-_emenda-1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre localização de estabelecimentos farmacêuticos e dá outras providências</t>
   </si>
   <si>
     <t>22377</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22377/11_1986_-_emenda-2.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22377/11_1986_-_emenda-2.pdf</t>
   </si>
   <si>
     <t>Acrescente-se o seguinte parágrafo ao Artigo 1º.</t>
   </si>
   <si>
     <t>20936</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20936/01_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20936/01_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza alienação de imóveis que menciona e dá outras providências .</t>
   </si>
   <si>
     <t>20956</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20956/02_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20956/02_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a assinar Convênio com a Secretaria de Estado da Saúde, objetivando a continuação de execução da obra no Centro de Saúde no Bairro do Rio Acima e dá outra providências .</t>
   </si>
   <si>
     <t>20970</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20970/03_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20970/03_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 6ª da Lei nº 531 de 03 de julho de1985 .</t>
   </si>
   <si>
     <t>20973</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20973/04_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20973/04_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a firmar convênio com o Governo do Estado de São Paulo, através da Secretaria de Estado dos Negócios de Esportes e Turismo .</t>
   </si>
   <si>
     <t>22314</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jandir Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22314/05_1986_-_vereador_jandir_teixeira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22314/05_1986_-_vereador_jandir_teixeira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de limpeza de terrenos baldios e dá outras providências .</t>
   </si>
   <si>
     <t>22366</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22366/05_1986_-_vereador_jandir_teixeira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22366/05_1986_-_vereador_jandir_teixeira.pdf</t>
   </si>
   <si>
     <t>22367</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Durval Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22367/07_1986_-_vereador_durval_pedroso.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22367/07_1986_-_vereador_durval_pedroso.pdf</t>
   </si>
   <si>
     <t>Cria o CONSELHO MUNICIPAL DE DEFESA DO CONSUMIDOR (CONDECON)</t>
   </si>
   <si>
     <t>22368</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22368/08_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22368/08_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste de vencimentos dos funcionários e servidores municipais e dá outras providências .</t>
   </si>
   <si>
     <t>22373</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22373/09_1986_-_mesa_da_camara_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22373/09_1986_-_mesa_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste na escala de padrões de vencimentos do funcionalismo da Câmara Municipal e dá outras providências .</t>
   </si>
   <si>
     <t>22374</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22374/10_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22374/10_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre doação de área à empresa SPLICE -INDÚSTRIA E COMERCIO DE CONECTORES E TERMINAÇÕES ELÉTRICAS DO BRASIL LTDA. e dá outras providências</t>
   </si>
   <si>
     <t>22375</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Laércio Amorim</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22375/vereador_laercio_amorim.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22375/vereador_laercio_amorim.pdf</t>
   </si>
   <si>
     <t>22378</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22378/12_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22378/12_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Plano Diretor de Desenvolvimento Integrado do Município de Votorantim - PDDI e dá outras providências .</t>
   </si>
   <si>
     <t>22379</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22379/13_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22379/13_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Votorantim a celebrar convênio com o Governo do Estado de São Paulo, através da Secretaria de Obras e do Meio Ambiente e com a interveniência da Companhia de Saneamento Básico do Estado de São Paulo, objetivando a construção de uma Estação de Tratamento de Agua e dois reservatórios .</t>
   </si>
   <si>
     <t>22380</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22380/14_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22380/14_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a ELETROPAULO-ELETRICIDADE DE SÃO PAULO S/A, e dá outras providências.</t>
   </si>
   <si>
     <t>22381</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22381/15_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22381/15_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a assinar convênio com a Eletropaulo Eletricidade de São Paulo S . A .</t>
   </si>
   <si>
     <t>22382</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22382/16_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22382/16_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Executivo Municipal em receber por doação do Governo do Estado de São Paulo, a importância de Cz$ 33.714,20 que será utilizada na aquisição de uma ambulância Ford Corcel Belina II/86, nova; bem como a integralizar o valor do referido veículo em Cz$ 33,714, 20 e dá outras providências .</t>
   </si>
   <si>
     <t>22383</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22383/17_1986_-_vereador_laercio_amorim.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22383/17_1986_-_vereador_laercio_amorim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação de recipientes de lixo nos locais que especifica</t>
   </si>
   <si>
     <t>22446</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Francisco Munhoz</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22446/18_1986_-_vereador_francisco_munhoz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22446/18_1986_-_vereador_francisco_munhoz.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 63, de 25 de maio de 1966</t>
   </si>
   <si>
     <t>22451</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22451/19_1986_-_vereador_jandir_teixeira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22451/19_1986_-_vereador_jandir_teixeira.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal a explorar publicidade de firmas comerciais nos Centros Esportivos do Município</t>
   </si>
   <si>
     <t>22460</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22460/20_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22460/20_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura a firmar convênio com MEC e com a Fundação EDUCAR e dá outras providências .</t>
   </si>
   <si>
     <t>22461</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22461/21_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22461/21_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Ministério da Educação, com a interveniência da Secretária de Estado da Educação, objetivando o desenvolvimento do programa da municipalização da Merenda Escolar .</t>
   </si>
   <si>
     <t>22462</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22462/22_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22462/22_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza alienação de imóvel que menciona .</t>
   </si>
   <si>
     <t>22463</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22463/23_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22463/23_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Votorantim a firmar convênio com a União através do Ministério do Desenvolvimento Urbano e Meio Ambiente, para melhoria do sistema de abastecimento de agua de Votorantim</t>
   </si>
   <si>
     <t>22480</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de Investimentos, relativo ao triênio 1987 a 1989, nos termos da Lei Complementar nº 3 de 07 de dezembro de 1967.</t>
   </si>
   <si>
     <t>22488</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22488/25_1986_-_senhor_prefeito_municipal-1-46.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22488/25_1986_-_senhor_prefeito_municipal-1-46.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Votorantim, para o exercício de 1987</t>
   </si>
   <si>
     <t>22504</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22504/26_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22504/26_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Votorantim a firmar convênio com a Secretaria  de Obras e Saneamento, através do Departamento de Água e Energia Elétrica a receber auxilio financeiro para perfuração de um poço artesiano no Bairro do Itapeva .</t>
   </si>
   <si>
     <t>22512</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22512/27_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22512/27_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com a Secretaria de Estado da Promoção Social do Estado de São Paulo, visando o desenvolvimento do Programa de Atendimento Integral à Criança e ao Adolescente no Município de Votorantim.</t>
   </si>
   <si>
     <t>22513</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22513/28_1986_-_senhor_prefeito_municipa.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22513/28_1986_-_senhor_prefeito_municipa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar convênio com o Governo do Estado de São Paulo e dá outras providências .</t>
   </si>
   <si>
     <t>22514</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22514/29_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22514/29_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Votorantim a fazer doação de imóvel à fazendo do Estado .</t>
   </si>
   <si>
     <t>22515</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22515/30_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22515/30_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste dos funcionários e servidores municipais e dá outras providências .</t>
   </si>
   <si>
     <t>22516</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22516/31_1986_-_mesa_da_camara_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22516/31_1986_-_mesa_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste na escala de padrões de vencimento do funcionalismo da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>22517</t>
   </si>
   <si>
     <t>VETT</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22517/veto_total_19_1986_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22517/veto_total_19_1986_-_senhor_prefeito_municipal.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -813,68 +813,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22376/11_1986_-_emenda-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22377/11_1986_-_emenda-2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20936/01_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20956/02_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20970/03_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20973/04_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22314/05_1986_-_vereador_jandir_teixeira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22366/05_1986_-_vereador_jandir_teixeira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22367/07_1986_-_vereador_durval_pedroso.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22368/08_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22373/09_1986_-_mesa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22374/10_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22375/vereador_laercio_amorim.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22378/12_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22379/13_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22380/14_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22381/15_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22382/16_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22383/17_1986_-_vereador_laercio_amorim.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22446/18_1986_-_vereador_francisco_munhoz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22451/19_1986_-_vereador_jandir_teixeira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22460/20_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22461/21_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22462/22_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22463/23_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22488/25_1986_-_senhor_prefeito_municipal-1-46.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22504/26_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22512/27_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22513/28_1986_-_senhor_prefeito_municipa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22514/29_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22515/30_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22516/31_1986_-_mesa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22517/veto_total_19_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22376/11_1986_-_emenda-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22377/11_1986_-_emenda-2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20936/01_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20956/02_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20970/03_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/20973/04_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22314/05_1986_-_vereador_jandir_teixeira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22366/05_1986_-_vereador_jandir_teixeira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22367/07_1986_-_vereador_durval_pedroso.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22368/08_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22373/09_1986_-_mesa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22374/10_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22375/vereador_laercio_amorim.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22378/12_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22379/13_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22380/14_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22381/15_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22382/16_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22383/17_1986_-_vereador_laercio_amorim.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22446/18_1986_-_vereador_francisco_munhoz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22451/19_1986_-_vereador_jandir_teixeira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22460/20_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22461/21_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22462/22_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22463/23_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22488/25_1986_-_senhor_prefeito_municipal-1-46.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22504/26_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22512/27_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22513/28_1986_-_senhor_prefeito_municipa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22514/29_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22515/30_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22516/31_1986_-_mesa_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/1986/22517/veto_total_19_1986_-_senhor_prefeito_municipal.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>