--- v0 (2026-02-02)
+++ v1 (2026-03-29)
@@ -54,1074 +54,1074 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>21728</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Outros vereadores</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21728/01_2000_-_eric_romero_martins_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21728/01_2000_-_eric_romero_martins_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade do plantio de árvores e dá outras providências.</t>
   </si>
   <si>
     <t>21783</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21783/02_2000_-_jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21783/02_2000_-_jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública - Rua Osório Augusto Rangel</t>
   </si>
   <si>
     <t>21784</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marcelão</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21784/03_2000_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21784/03_2000_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de exames patológicos, em crianças em fase pré-escolar.</t>
   </si>
   <si>
     <t>21785</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21785/04_2000_-_jaime_augusto__rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21785/04_2000_-_jaime_augusto__rangel_filho.pdf</t>
   </si>
   <si>
     <t>Cria o vale IPTU, com estímulo ao aumento de arrecadação de ICMS no município de Votorantim.</t>
   </si>
   <si>
     <t>21786</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21786/05_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21786/05_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da EMEF - Escola Municipal de Ensino Fundamental do Jardim Tatiana "Professor Oscar Bento Mariano" e dá outras providências.</t>
   </si>
   <si>
     <t>21787</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21787/06_2000_-_eric_romero_martins_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21787/06_2000_-_eric_romero_martins_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - "Marginal Vereador Newton Vieira Soares".</t>
   </si>
   <si>
     <t>21788</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21788/07_2000_-_alvaro_jose_latance.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21788/07_2000_-_alvaro_jose_latance.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública e dá outras providências. Rua Izaura Mendes de Almeida.</t>
   </si>
   <si>
     <t>21789</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21789/08_2000_-_jaime_augusto_rangek_filho_e_marcos_m_affonso_de_camargo.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21789/08_2000_-_jaime_augusto_rangek_filho_e_marcos_m_affonso_de_camargo.pdf</t>
   </si>
   <si>
     <t>Estabelece o prazo para prestação de contas, pelas empresas públicas e de economia mista, as fundações, companhias municipal, orgãos assistenciais, autarquias, e pessos físicas que recebam ou venham a receber dinheiro ou valores públicos provenientes da Administração Municipal.</t>
   </si>
   <si>
     <t>21790</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21790/09_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21790/09_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua "Alice Cintra Bormann".</t>
   </si>
   <si>
     <t>21791</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21791/10_2000_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21791/10_2000_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua "José Raimundo da Silva".</t>
   </si>
   <si>
     <t>21792</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21792/11_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21792/11_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>dispõe sobre denominação de via pública - Rua "Vicentina Carriel Cleto".</t>
   </si>
   <si>
     <t>21793</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21793/12_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21793/12_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua "Armando Amado dos Santos".</t>
   </si>
   <si>
     <t>21794</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21794/13_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21794/13_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - "Rua Maria Rosa Santos".</t>
   </si>
   <si>
     <t>21795</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21795/14_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21795/14_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua "Antonio Pereira de Almeida".</t>
   </si>
   <si>
     <t>21796</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21796/15_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21796/15_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua "Jane Camargo de Oliveira".</t>
   </si>
   <si>
     <t>21797</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21797/16_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21797/16_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua Benedito de Campos.</t>
   </si>
   <si>
     <t>21798</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21798/17_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21798/17_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua "João Luiz Gomes".</t>
   </si>
   <si>
     <t>21799</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21799/18_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21799/18_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua "Clóvis Luciano da Silva".</t>
   </si>
   <si>
     <t>21800</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21800/19_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21800/19_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Que altera a redação da lei 1228, de novembro de 1996, na forma que menciona.</t>
   </si>
   <si>
     <t>21801</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21801/20_2000_-_jaime_augusto_rangel_filho_e_marcos_m_affonso_de_camargo.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21801/20_2000_-_jaime_augusto_rangel_filho_e_marcos_m_affonso_de_camargo.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso de prédios e praças públicas, por cidadãos ou entidades assistenciais do Município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21802</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>João Cau</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21802/21_2000_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21802/21_2000_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua "Dr. Lauro Roberto Fogaça".</t>
   </si>
   <si>
     <t>21803</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21803/22_2000_-_vereador_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21803/22_2000_-_vereador_joao_cau.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública -Rua José Francelino dos Santos.</t>
   </si>
   <si>
     <t>21804</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Pedrinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21804/23_2000_-_vereador_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21804/23_2000_-_vereador_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua Francisco Fortes Hijano.</t>
   </si>
   <si>
     <t>21805</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21805/24_2000_-_vereadoras_jaime_augusto_rangel_filho_e_davi_nunes_ribeiro.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21805/24_2000_-_vereadoras_jaime_augusto_rangel_filho_e_davi_nunes_ribeiro.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre oficialização do nome da Vila Nova Votorantim.</t>
   </si>
   <si>
     <t>21806</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21806/25_2000_-_vereador_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21806/25_2000_-_vereador_joao_cau.pdf</t>
   </si>
   <si>
     <t>que dispõe sobre denominação de via pública - Rua "Osvaldo Correa".</t>
   </si>
   <si>
     <t>21807</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21807/26_2000_-_davi_nunes_ribeiro_e_jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21807/26_2000_-_davi_nunes_ribeiro_e_jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Dis´~oe sobre a oficialização do nome PROMORAR - Conjunto Habitacional Mario Augusto Ribeiro.</t>
   </si>
   <si>
     <t>21808</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21808/27_2000_-_eric_romero_martins_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21808/27_2000_-_eric_romero_martins_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Abílio Alves Correa de Toledo Filho.</t>
   </si>
   <si>
     <t>21809</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21809/28_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21809/28_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, por venda e compra à particular.</t>
   </si>
   <si>
     <t>21810</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21810/29_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21810/29_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste de vencimentos dos servidores públicos do Município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21811</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21811/30_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21811/30_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Osório Augusto Rangel.</t>
   </si>
   <si>
     <t>21831</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21831/31_2000_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21831/31_2000_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Carminha Celestina da Silva.</t>
   </si>
   <si>
     <t>21832</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21832/32_2000_-_jaime_augusto_filho_e_marcos_mancio_a_camargo.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21832/32_2000_-_jaime_augusto_filho_e_marcos_mancio_a_camargo.pdf</t>
   </si>
   <si>
     <t>Estabelece limites para as despesas com contratação de funcionários em cargos em comissão, de livre escolha de Chefe de Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>21833</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21833/33_2000_-_eric_romero_martins_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21833/33_2000_-_eric_romero_martins_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública - Rua Gentil Vicente Carrara.</t>
   </si>
   <si>
     <t>21834</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21834/34_2000_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21834/34_2000_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Abel Bueno de Moraes.</t>
   </si>
   <si>
     <t>21835</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21835/35_2000_-_jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21835/35_2000_-_jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Institui o ISGU - Imposto sobre Glebas Urbanas e dá outras providências.</t>
   </si>
   <si>
     <t>21836</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21836/36_2000_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21836/36_2000_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Benedito Antonio dos Santos.</t>
   </si>
   <si>
     <t>21837</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21837/37_2000_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21837/37_2000_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua José Gonçalves Romero.</t>
   </si>
   <si>
     <t>21838</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21838/38_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21838/38_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de entidades sem fins lucrativos como organização social no âmbito municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>21839</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21839/39_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21839/39_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com entidades assistenciais do Município, objetivando a centralização das ações e serviços de assistência social, e dá outras providências.</t>
   </si>
   <si>
     <t>21840</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21840/40_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21840/40_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Conservação de Estradas Rurais "Melhor Caminho", e dá outras providências.</t>
   </si>
   <si>
     <t>21927</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21927/41_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21927/41_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o DER - Departamento de Estradas de Rodagem do Estado de São Paulo.</t>
   </si>
   <si>
     <t>21928</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21928/42_2000_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21928/42_2000_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Maria Lázaro Rocha</t>
   </si>
   <si>
     <t>21929</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21929/43_2000_-_paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21929/43_2000_-_paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Anísio Pereira do Nascimento</t>
   </si>
   <si>
     <t>21930</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21930/44_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21930/44_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com o Estado para a municipalização da gestão e ações e serviços de assistência social e dá outras providências.</t>
   </si>
   <si>
     <t>21931</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21931/45_2000_-_vereador_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21931/45_2000_-_vereador_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Benedito Alves Bueno.</t>
   </si>
   <si>
     <t>21932</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21932/46_2000_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21932/46_2000_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Julia Alves dos Santos.</t>
   </si>
   <si>
     <t>21933</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21933/47_2000_-_vereador_paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21933/47_2000_-_vereador_paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Nilce Pereira do Nascimento.</t>
   </si>
   <si>
     <t>21934</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21934/48_2000_-_marcos_m_a_camargo_e_jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21934/48_2000_-_marcos_m_a_camargo_e_jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de nomeação de parentes para cargos em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>21935</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21935/49_2000_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21935/49_2000_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Maria Francisca Vieira.</t>
   </si>
   <si>
     <t>21936</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21936/50_2000_-_antonio_pedro_ferraz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21936/50_2000_-_antonio_pedro_ferraz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal - Central de Alimentos "Adir Ferreira".</t>
   </si>
   <si>
     <t>21937</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21937/51_2000_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21937/51_2000_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de incentivos para o pagamento de débitos vencidos para com a Administração Municipal, direta e indireta.</t>
   </si>
   <si>
     <t>21938</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21938/52_2000_-_eric_romero_martins_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21938/52_2000_-_eric_romero_martins_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Avenida Marginal "Vereador Newton Vieira Soares"</t>
   </si>
   <si>
     <t>21939</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21939/53_2000_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21939/53_2000_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Douglas Oliveira Santos</t>
   </si>
   <si>
     <t>21940</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21940/54_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21940/54_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Derli Prado Ferreira</t>
   </si>
   <si>
     <t>21941</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21941/55_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21941/55_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Pedro Moreira de Souza.</t>
   </si>
   <si>
     <t>21942</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21942/56_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21942/56_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Mauro de almeida Barros.</t>
   </si>
   <si>
     <t>21943</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21943/57_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21943/57_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Carlos Roberto Machado</t>
   </si>
   <si>
     <t>21944</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21944/58_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21944/58_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Geraldo Rodrigues</t>
   </si>
   <si>
     <t>21945</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21945/59_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21945/59_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Darwin Sbrana.</t>
   </si>
   <si>
     <t>21946</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21946/60_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21946/60_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Donizete Aparecido Ferreira Camargo</t>
   </si>
   <si>
     <t>21947</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21947/61_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21947/61_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Maria Madalena Silva Baeza</t>
   </si>
   <si>
     <t>21948</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21948/62_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21948/62_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Antonio Malhone.</t>
   </si>
   <si>
     <t>21949</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21949/63_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21949/63_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Abília da Silva Veigas.</t>
   </si>
   <si>
     <t>21950</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21950/64_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21950/64_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dis´~oe sobre denominação de via pública - Rua Zilda Tescaro Sbrana</t>
   </si>
   <si>
     <t>21951</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21951/65_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21951/65_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Avenida "Vereador Octaviano de Góes Vieira."</t>
   </si>
   <si>
     <t>21952</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21952/66_2000_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21952/66_2000_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Adote um Atleta.</t>
   </si>
   <si>
     <t>21953</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21953/67_-_jaime_augusto_rangel_filho_e_marcos_mancio_affonso_de_camargo.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21953/67_-_jaime_augusto_rangel_filho_e_marcos_mancio_affonso_de_camargo.pdf</t>
   </si>
   <si>
     <t>Regulamenta o valor da cobrança por infração de trânsito aferido por radares e fixa o limite de velocidade nas vias públicas.</t>
   </si>
   <si>
     <t>21954</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>21955</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21955/69_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21955/69_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1305/97, na forma que menciona.</t>
   </si>
   <si>
     <t>21956</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21956/70_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21956/70_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Estádio Municipal de Votorantim - "Domingues Mitidieri".</t>
   </si>
   <si>
     <t>21957</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21957/71_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21957/71_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização de desdobro de lotes urbanos e fracionamento de terrenos no Município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21962</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21962/72_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21962/72_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e alienação por investidura de imóvel que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>21963</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21963/73_2000_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21963/73_2000_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal e dá outras providências. (Unidade Básica de Saúde Dr. Arnaldo Arcuri)</t>
   </si>
   <si>
     <t>21964</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21964/74_2000_-_mesa_da_camara_municipal_de_votorantim.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21964/74_2000_-_mesa_da_camara_municipal_de_votorantim.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos vereadores para a legislatura 2001/2004.</t>
   </si>
   <si>
     <t>21965</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21965/75_2000_-_mesa_da_camara_municipal_de_votorantim.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21965/75_2000_-_mesa_da_camara_municipal_de_votorantim.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice Prefeito Municipal e dos Secretários Municipais para a legislatura 2001/2004.</t>
   </si>
   <si>
     <t>21966</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21966/76_2000_-_joao_clau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21966/76_2000_-_joao_clau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Lourenço Mouro.</t>
   </si>
   <si>
     <t>21967</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21967/77_2000_-_jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21967/77_2000_-_jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública. Viela Antonio Pereira da Rocha</t>
   </si>
   <si>
     <t>21968</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21968/78_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21968/78_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão Municipal de Emprego, no ambito do Sistema Público de Emprego, e dá providências correlatas.</t>
   </si>
   <si>
     <t>21969</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21969/79_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21969/79_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com o Governo do Estado de São Paulo, regulamentando a participação do município no Projeto do Banco do Povo, destinado à concessão de créditos a micro empreendimentos do setor formal ou informal, instalados no Município.</t>
   </si>
   <si>
     <t>21970</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21970/80_2000_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21970/80_2000_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóveis que menciona a Companhia Municipal de Habitação Popular de Votorantim - COHAP e dá outras providências.</t>
   </si>
   <si>
     <t>21971</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21971/81_2000-srprefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21971/81_2000-srprefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 3º da Lei 1459, de 26 de abril de 2000.</t>
   </si>
   <si>
     <t>21972</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21972/82_2000-paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21972/82_2000-paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Matilde Bolleta Bonilha.</t>
   </si>
   <si>
     <t>21973</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21973/83_2000-jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21973/83_2000-jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Proíbe a instalação de prédios públicos localizados no perímetro urbano do Município de Votorantim, destinados ao funcionamento de estabelecimentos penais e de estabelecimentos educacionais de infratores e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21974</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21974/84_2000-davi_nunes_ribeiro.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21974/84_2000-davi_nunes_ribeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Leonardo Pacífico Marucci.</t>
   </si>
   <si>
     <t>21975</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21975/85_2000-jaime_augusto_rangel_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21975/85_2000-jaime_augusto_rangel_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal - Parque Natural da Cachoeira - "Vereador José Fortunato Viana".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1428,68 +1428,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21728/01_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21783/02_2000_-_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21784/03_2000_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21785/04_2000_-_jaime_augusto__rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21786/05_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21787/06_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21788/07_2000_-_alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21789/08_2000_-_jaime_augusto_rangek_filho_e_marcos_m_affonso_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21790/09_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21791/10_2000_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21792/11_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21793/12_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21794/13_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21795/14_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21796/15_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21797/16_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21798/17_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21799/18_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21800/19_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21801/20_2000_-_jaime_augusto_rangel_filho_e_marcos_m_affonso_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21802/21_2000_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21803/22_2000_-_vereador_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21804/23_2000_-_vereador_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21805/24_2000_-_vereadoras_jaime_augusto_rangel_filho_e_davi_nunes_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21806/25_2000_-_vereador_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21807/26_2000_-_davi_nunes_ribeiro_e_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21808/27_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21809/28_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21810/29_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21811/30_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21831/31_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21832/32_2000_-_jaime_augusto_filho_e_marcos_mancio_a_camargo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21833/33_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21834/34_2000_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21835/35_2000_-_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21836/36_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21837/37_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21838/38_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21839/39_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21840/40_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21927/41_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21928/42_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21929/43_2000_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21930/44_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21931/45_2000_-_vereador_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21932/46_2000_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21933/47_2000_-_vereador_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21934/48_2000_-_marcos_m_a_camargo_e_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21935/49_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21936/50_2000_-_antonio_pedro_ferraz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21937/51_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21938/52_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21939/53_2000_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21940/54_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21941/55_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21942/56_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21943/57_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21944/58_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21945/59_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21946/60_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21947/61_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21948/62_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21949/63_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21950/64_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21951/65_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21952/66_2000_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21953/67_-_jaime_augusto_rangel_filho_e_marcos_mancio_affonso_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21955/69_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21956/70_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21957/71_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21962/72_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21963/73_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21964/74_2000_-_mesa_da_camara_municipal_de_votorantim.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21965/75_2000_-_mesa_da_camara_municipal_de_votorantim.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21966/76_2000_-_joao_clau.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21967/77_2000_-_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21968/78_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21969/79_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21970/80_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21971/81_2000-srprefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21972/82_2000-paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21973/83_2000-jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21974/84_2000-davi_nunes_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21975/85_2000-jaime_augusto_rangel_filho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21728/01_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21783/02_2000_-_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21784/03_2000_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21785/04_2000_-_jaime_augusto__rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21786/05_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21787/06_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21788/07_2000_-_alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21789/08_2000_-_jaime_augusto_rangek_filho_e_marcos_m_affonso_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21790/09_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21791/10_2000_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21792/11_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21793/12_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21794/13_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21795/14_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21796/15_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21797/16_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21798/17_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21799/18_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21800/19_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21801/20_2000_-_jaime_augusto_rangel_filho_e_marcos_m_affonso_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21802/21_2000_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21803/22_2000_-_vereador_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21804/23_2000_-_vereador_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21805/24_2000_-_vereadoras_jaime_augusto_rangel_filho_e_davi_nunes_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21806/25_2000_-_vereador_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21807/26_2000_-_davi_nunes_ribeiro_e_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21808/27_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21809/28_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21810/29_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21811/30_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21831/31_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21832/32_2000_-_jaime_augusto_filho_e_marcos_mancio_a_camargo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21833/33_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21834/34_2000_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21835/35_2000_-_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21836/36_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21837/37_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21838/38_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21839/39_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21840/40_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21927/41_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21928/42_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21929/43_2000_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21930/44_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21931/45_2000_-_vereador_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21932/46_2000_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21933/47_2000_-_vereador_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21934/48_2000_-_marcos_m_a_camargo_e_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21935/49_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21936/50_2000_-_antonio_pedro_ferraz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21937/51_2000_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21938/52_2000_-_eric_romero_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21939/53_2000_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21940/54_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21941/55_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21942/56_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21943/57_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21944/58_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21945/59_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21946/60_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21947/61_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21948/62_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21949/63_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21950/64_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21951/65_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21952/66_2000_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21953/67_-_jaime_augusto_rangel_filho_e_marcos_mancio_affonso_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21955/69_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21956/70_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21957/71_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21962/72_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21963/73_2000_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21964/74_2000_-_mesa_da_camara_municipal_de_votorantim.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21965/75_2000_-_mesa_da_camara_municipal_de_votorantim.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21966/76_2000_-_joao_clau.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21967/77_2000_-_jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21968/78_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21969/79_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21970/80_2000_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21971/81_2000-srprefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21972/82_2000-paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21973/83_2000-jaime_augusto_rangel_filho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21974/84_2000-davi_nunes_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2000/21975/85_2000-jaime_augusto_rangel_filho.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>