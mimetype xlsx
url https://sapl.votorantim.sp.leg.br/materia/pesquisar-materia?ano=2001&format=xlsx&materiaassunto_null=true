--- v0 (2026-02-02)
+++ v1 (2026-03-31)
@@ -54,1089 +54,1089 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>21618</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21618/01_2001_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21618/01_2001_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Mantém a gratificação pessoal de alimentação para os servidores públicos municipais e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21619</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Outros vereadores</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21619/02_2001_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21619/02_2001_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública - Viela Silas de Araujo.</t>
   </si>
   <si>
     <t>21620</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21620/03_2001_-_paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21620/03_2001_-_paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública - Rua Carlos Alberto Develis.</t>
   </si>
   <si>
     <t>21621</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21621/04_2001_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21621/04_2001_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com entidades de direito público ou privado, nos termos que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>21622</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21622/05_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21622/05_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos incisos I, II, III, do artigo 13 da Lei 1188, de 29 de dezembro de 1995.</t>
   </si>
   <si>
     <t>21623</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21623/06_2001_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21623/06_2001_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Regulamenta o serviço de guincho e guarda de veículos na cidade de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21624</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21624/07_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21624/07_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de imóvel, nas condições que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>21625</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21625/08_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21625/08_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 5º da Lei 1499, de 31 de agosto de 2000.</t>
   </si>
   <si>
     <t>21626</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21626/09_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21626/09_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal as Associações de Pais e Mestres que menciona e da outras providências.</t>
   </si>
   <si>
     <t>21627</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21627/10_2001_-_joao_soares_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21627/10_2001_-_joao_soares_de_queiroz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Escadaria "Luiz Gonçalves Mendes".</t>
   </si>
   <si>
     <t>21628</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21628/11_2001_-_osvaldo_brasil.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21628/11_2001_-_osvaldo_brasil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela "Emerson Paulino dos Sanos".</t>
   </si>
   <si>
     <t>21629</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marcelão</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21629/12_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21629/12_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade aos médicos e dentistas da rede pública de saúde do município de Votorantim, a prescrever as receitas médicas ou odontológicas escritas à tinta, de modo legível, isto é, em letras de forma, ou seja, letra de imprensa.</t>
   </si>
   <si>
     <t>21630</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>João Cau</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21630/13_2001_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21630/13_2001_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Jordina Queiroz Leme.</t>
   </si>
   <si>
     <t>21631</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21631/14_2001_-_jomar_teles_procopio.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21631/14_2001_-_jomar_teles_procopio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Ivo Soares Leite.</t>
   </si>
   <si>
     <t>21632</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Pedrinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21632/15_2001_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21632/15_2001_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Conjunto Habitacional Votorantim C (Dr. Eliseu Rodrigues Vieira).</t>
   </si>
   <si>
     <t>21633</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21633/16_2001_-_jerson_pedroso.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21633/16_2001_-_jerson_pedroso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Saguão Prefeito José de Oliveira Souza.</t>
   </si>
   <si>
     <t>21634</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21634/17_2001_-_primo_alvino_vieiira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21634/17_2001_-_primo_alvino_vieiira.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Executivo Municipal, através de seu órgão competente, a cobrar de empresa concessionária de serviço público, retribuição financeira pelo uso de áreas públicas de propriedade do município e de domínio público, onde estiverem instalados equipamentos, como cabos, postes, linhas, torres e subestações de energia elétrica, e dá outras providências</t>
   </si>
   <si>
     <t>21635</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Programa Interdisciplinar e de Participação Comunitária para prevenção e combate à violência nas escolas da rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>21636</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21636/19_2001_-_alterado_pelo_substitutivo_anexo_-_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21636/19_2001_-_alterado_pelo_substitutivo_anexo_-_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2002 e dá outras providências.</t>
   </si>
   <si>
     <t>21637</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21637/20_2001_-_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21637/20_2001_-_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste de vencimentos dos servidores públicos do município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21638</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21638/21_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21638/21_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto ao Banco Nacional de Desenvolvimento Econômico e Social - BNDES, através do Banco do Brasil S.A., na qualidade de mandatário, a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>21639</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21639/22_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21639/22_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Garantia de Renda Mínima associados a ações sócio-educativas, e determina outras providências.</t>
   </si>
   <si>
     <t>21640</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21640/23_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21640/23_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera as Leis 1347 de 28 de agosto de 1998, 1348 de 28 de agosto de 1998, autoriza a criação de Juntas Administrativas de Recursos de Infrações - JARI's e dá outras providências.</t>
   </si>
   <si>
     <t>21641</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21641/24_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21641/24_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder isenção de impostos à empresa SEIREN Produtos Automotivos Ltda., nos termo que dispõe e dá outras providências.</t>
   </si>
   <si>
     <t>21642</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21642/25_2001_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21642/25_2001_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o controle e a fiscalização das atividades que gerem poluição sonora impõe penalidades e dá outras providências.</t>
   </si>
   <si>
     <t>21643</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21643/26_2001_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21643/26_2001_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Estrada Pedro Monari.</t>
   </si>
   <si>
     <t>21644</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21644/27_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21644/27_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de borracharias e empresas de recauchutagem adotar medidas para evitar a existência de criadores para o Aedes Aegypti e Aedes Albopictus e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21645</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Heber</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21645/28_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21645/28_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade, nas pré escolas e escolas municipais, do corpo docente e discente, de efetuarem a leitura diária de um trecho da bíblia sagrada, no início das atividades.</t>
   </si>
   <si>
     <t>21646</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21646/29_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21646/29_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade das farmácias e dorgarias a afixarem em local vi´sivel a relação de medicamentos genéricos disponibilzados para venda, nos termos da lei 9787 de 10 de fevereiro de 1999 e resolução 45 de 15 de maio de 2000 emanada da Agência Nacional de Vigilância Sanitária.</t>
   </si>
   <si>
     <t>21647</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21647/30_2001_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21647/30_2001_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Estrada Josias Carlos de Campos.</t>
   </si>
   <si>
     <t>21663</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21663/31_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21663/31_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Institui o Bônus Educação, nos termo que dispõe, e dá outras providências.</t>
   </si>
   <si>
     <t>21664</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21664/32_2001_-_vereador_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21664/32_2001_-_vereador_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua M.M.D.C</t>
   </si>
   <si>
     <t>21665</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21665/33_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21665/33_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Limita a lotação máxima dos veículos que operam o trasnsporte coletivo de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21666</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21666/34_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21666/34_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia do Pastor Evangélico".</t>
   </si>
   <si>
     <t>21667</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21667/35_2001_-_joao_soares_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21667/35_2001_-_joao_soares_de_queiroz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento das rádios comunitárias (RADCOM).</t>
   </si>
   <si>
     <t>21668</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21668/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21668/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre legalização de construções clandestinas e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21669</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21669/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21669/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Estrada "Oswaldo Pires de Camargo".</t>
   </si>
   <si>
     <t>21670</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21670/38_2001_-_vereador_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21670/38_2001_-_vereador_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição da "Semana Municipal da Solidariedade".</t>
   </si>
   <si>
     <t>21671</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21671/39_2001_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21671/39_2001_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Transporte e Trânsito (FMTT).</t>
   </si>
   <si>
     <t>21672</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21672/40_2001_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21672/40_2001_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Estrada "Benedita Maria de Camargo".</t>
   </si>
   <si>
     <t>21673</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21673/41_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21673/41_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Aquário Cultura "Jorge Amado".</t>
   </si>
   <si>
     <t>21674</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21674/42_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21674/42_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela Esmeria Alves Feitosa.</t>
   </si>
   <si>
     <t>21675</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Pastor Carlos</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21675/43_2001_-_carlos_claro_da_rosa.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21675/43_2001_-_carlos_claro_da_rosa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão no currículo do Ensino Fundamental da rede municipal, da Teoria da Criação.</t>
   </si>
   <si>
     <t>21676</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21676/44_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21676/44_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela Santino Bento Ribeiro.</t>
   </si>
   <si>
     <t>21677</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21677/45_2001_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21677/45_2001_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Votorantim para o quadriênio de 2002 a 2005.</t>
   </si>
   <si>
     <t>21678</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21678/46_2001_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21678/46_2001_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal (EMEF "Professora Dides Crispim de Almeida Antonio").</t>
   </si>
   <si>
     <t>21679</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21679/47_2001_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21679/47_2001_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Estrada Romão Rodrigues.</t>
   </si>
   <si>
     <t>21680</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 1565, de 20 de junho de 2001.</t>
   </si>
   <si>
     <t>21681</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21681/49_2001_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21681/49_2001_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia da Divulgação da Cultura Racional no Município de Votorantim".</t>
   </si>
   <si>
     <t>21682</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21682/50_2001_-_joao_soares_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21682/50_2001_-_joao_soares_de_queiroz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre funcionamento de estabelecimentos comerciais nos próprios destinados ao ensino público municipal.</t>
   </si>
   <si>
     <t>21683</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21683/51_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21683/51_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Votorantim para o exercício de 2002.</t>
   </si>
   <si>
     <t>21684</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21684/52_2001_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21684/52_2001_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei nº 1566, de 20 de junho de 2001.</t>
   </si>
   <si>
     <t>21685</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21685/53_2001_-_orlando_herrera_dias.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21685/53_2001_-_orlando_herrera_dias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Julio Capitani.</t>
   </si>
   <si>
     <t>21686</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21686/54_2001_-_antonio_neves_prado.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21686/54_2001_-_antonio_neves_prado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua André Sentelhas.</t>
   </si>
   <si>
     <t>21687</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21687/55_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21687/55_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de incentivos ao desenvolvimento do município e dá outras providências.</t>
   </si>
   <si>
     <t>21698</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21698/56_2001_-_orlando_herrera_dias.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21698/56_2001_-_orlando_herrera_dias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Maria Isabel Delazari Bellini.</t>
   </si>
   <si>
     <t>21699</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21699/57_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21699/57_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento prioritário aos idosos deficientes físicos, gestantes e mulheres com criança de colo, nas filas dos supermercados do Município de Votorantim.</t>
   </si>
   <si>
     <t>21700</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21700/58_2001_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21700/58_2001_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de utilização de animais selvagens em circos, e estabelece normas para proteção dos animais no Município de Votorantim e dá outras providências,</t>
   </si>
   <si>
     <t>21701</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21701/59_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21701/59_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre a instalação de placas de advertência em controladores de velocidade eletrônicos no Município de Votorantim.</t>
   </si>
   <si>
     <t>21702</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21702/60_2001-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21702/60_2001-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio e conceder direito real de uso de próprio municipal, nos termo que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>21703</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21703/61_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21703/61_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para entronização, reforma ou troca de bustos e de placas indicativas com denominação de via pública e próprio municipal.</t>
   </si>
   <si>
     <t>21704</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21704/62_2001_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21704/62_2001_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, "Jorge Mayucho".</t>
   </si>
   <si>
     <t>21705</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21705/63_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21705/63_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre estágio de estudantes na Administração Direta e Indireta do Município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21706</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21706/64_2001_-_sr_prefeito_munucipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21706/64_2001_-_sr_prefeito_munucipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Estabelece o vale-alimentação e dá outras providências.</t>
   </si>
   <si>
     <t>21707</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21707/65_2001_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21707/65_2001_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a instalar sinaleiros para pedestres nos cruzamentos e vias públicas que já contam com sinaleiros para veículos automotores.</t>
   </si>
   <si>
     <t>21708</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21708/66_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21708/66_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública, Viela Pedro da Rocha.</t>
   </si>
   <si>
     <t>21709</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21709/67_2001_-_jomar_teles_procopio.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21709/67_2001_-_jomar_teles_procopio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, EMEF "Prof. Antonio Vicente Benardi".</t>
   </si>
   <si>
     <t>21710</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21710/68_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21710/68_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de concessão de direito real de uso, para a Associação dos Moradores do Jardim Serrano II, na forma que menciona.</t>
   </si>
   <si>
     <t>21711</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21711/69_2001_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21711/69_2001_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação da Seguridade Social dos Funcionários Públicos do Município de Votorantim, criada pela Lei nº 1239, de 06 de dezembro de 1996, e dá outras providências.</t>
   </si>
   <si>
     <t>21712</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21712/70_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21712/70_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio muncipal, Pista de Bicicross "Lucas Furlani de Almeida".</t>
   </si>
   <si>
     <t>21713</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21713/71_2001_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21713/71_2001_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana de Alfabetização e Consciência Ambiental" nas escolas públicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>21714</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21714/72_2001_-_jerson_pedroso.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21714/72_2001_-_jerson_pedroso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, EMEP Professora Mercedes Santucci.</t>
   </si>
   <si>
     <t>21715</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21715/73_2001_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21715/73_2001_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua José Vasque Martinez.</t>
   </si>
   <si>
     <t>21716</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21716/74_2001_-_joao_soares_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21716/74_2001_-_joao_soares_de_queiroz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Centro Primário de Coleta Seletiva de Resíduos "Osvaldo Franco".</t>
   </si>
   <si>
     <t>21717</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21717/75_2001_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21717/75_2001_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela "Cezar Viana de Oliveira".</t>
   </si>
   <si>
     <t>21718</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21718/76_2001_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21718/76_2001_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rotatória Aviador Mauro gomes filho.</t>
   </si>
   <si>
     <t>21719</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21719/77_2001_-_sr_prefeeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21719/77_2001_-_sr_prefeeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera redação do Estatuto do Magistério Municipal instituído pela Lei nº 1433, de 27 de dezembro de 1999 e dá outras providencias.</t>
   </si>
   <si>
     <t>21720</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21720/78_2001_-_sr_prefeito_muncipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21720/78_2001_-_sr_prefeito_muncipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do vale-alimentação estabelecido pela Lei nº 1582, aos segurados e dependentes que recebem benefícios da previdência municipal e dá outras providências.</t>
   </si>
   <si>
     <t>21721</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela Ayres dos Santos de almeida</t>
   </si>
   <si>
     <t>21722</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21722/80_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21722/80_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Aprova o novo Código Tributário do Município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21723</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21723/81_2001_-_sr_prefeito_municipaljair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21723/81_2001_-_sr_prefeito_municipaljair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>21724</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21724/82_2001_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21724/82_2001_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o "Programa de Coleta Seletiva de Lixo" das escolas públicas do município de Votorantim e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21725</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21725/83_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21725/83_2001_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de professor eventual para a Rede de Ensino Público Municipal e/ou municipalizada e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21726</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21726/84_2001_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21726/84_2001_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Manoel de Oliveira Cardoso.</t>
   </si>
   <si>
     <t>21727</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21727/85_2001_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21727/85_2001_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a legalização de obras irregulares e dá outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2001/115/115_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2001/115/115_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO INCISO I, DO ARTIGO 55, DA RESOLUÇÃO Nº 03/94</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1443,68 +1443,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21618/01_2001_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21619/02_2001_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21620/03_2001_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21621/04_2001_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21622/05_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21623/06_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21624/07_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21625/08_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21626/09_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21627/10_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21628/11_2001_-_osvaldo_brasil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21629/12_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21630/13_2001_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21631/14_2001_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21632/15_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21633/16_2001_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21634/17_2001_-_primo_alvino_vieiira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21636/19_2001_-_alterado_pelo_substitutivo_anexo_-_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21637/20_2001_-_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21638/21_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21639/22_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21640/23_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21641/24_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21642/25_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21643/26_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21644/27_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21645/28_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21646/29_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21647/30_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21663/31_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21664/32_2001_-_vereador_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21665/33_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21666/34_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21667/35_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21668/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21669/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21670/38_2001_-_vereador_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21671/39_2001_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21672/40_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21673/41_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21674/42_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21675/43_2001_-_carlos_claro_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21676/44_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21677/45_2001_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21678/46_2001_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21679/47_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21681/49_2001_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21682/50_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21683/51_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21684/52_2001_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21685/53_2001_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21686/54_2001_-_antonio_neves_prado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21687/55_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21698/56_2001_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21699/57_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21700/58_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21701/59_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21702/60_2001-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21703/61_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21704/62_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21705/63_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21706/64_2001_-_sr_prefeito_munucipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21707/65_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21708/66_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21709/67_2001_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21710/68_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21711/69_2001_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21712/70_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21713/71_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21714/72_2001_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21715/73_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21716/74_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21717/75_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21718/76_2001_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21719/77_2001_-_sr_prefeeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21720/78_2001_-_sr_prefeito_muncipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21722/80_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21723/81_2001_-_sr_prefeito_municipaljair_cassola.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21724/82_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21725/83_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21726/84_2001_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21727/85_2001_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2001/115/115_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21618/01_2001_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21619/02_2001_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21620/03_2001_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21621/04_2001_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21622/05_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21623/06_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21624/07_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21625/08_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21626/09_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21627/10_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21628/11_2001_-_osvaldo_brasil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21629/12_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21630/13_2001_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21631/14_2001_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21632/15_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21633/16_2001_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21634/17_2001_-_primo_alvino_vieiira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21636/19_2001_-_alterado_pelo_substitutivo_anexo_-_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21637/20_2001_-_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21638/21_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21639/22_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21640/23_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21641/24_2001_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21642/25_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21643/26_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21644/27_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21645/28_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21646/29_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21647/30_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21663/31_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21664/32_2001_-_vereador_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21665/33_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21666/34_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21667/35_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21668/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21669/36_2001_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21670/38_2001_-_vereador_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21671/39_2001_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21672/40_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21673/41_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21674/42_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21675/43_2001_-_carlos_claro_da_rosa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21676/44_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21677/45_2001_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21678/46_2001_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21679/47_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21681/49_2001_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21682/50_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21683/51_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21684/52_2001_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21685/53_2001_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21686/54_2001_-_antonio_neves_prado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21687/55_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21698/56_2001_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21699/57_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21700/58_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21701/59_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21702/60_2001-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21703/61_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21704/62_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21705/63_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21706/64_2001_-_sr_prefeito_munucipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21707/65_2001_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21708/66_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21709/67_2001_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21710/68_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21711/69_2001_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21712/70_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21713/71_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21714/72_2001_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21715/73_2001_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21716/74_2001_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21717/75_2001_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21718/76_2001_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21719/77_2001_-_sr_prefeeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21720/78_2001_-_sr_prefeito_muncipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21722/80_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21723/81_2001_-_sr_prefeito_municipaljair_cassola.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21724/82_2001_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21725/83_2001_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21726/84_2001_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2001/21727/85_2001_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2001/115/115_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>