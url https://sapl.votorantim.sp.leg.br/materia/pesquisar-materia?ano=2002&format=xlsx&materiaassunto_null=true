--- v0 (2026-02-02)
+++ v1 (2026-03-31)
@@ -54,1248 +54,1248 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>21440</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21440/01_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21440/01_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limitação de concessão de bolsas de estudos, nos termos da Lei nº 1182/95, e dá outras providências.</t>
   </si>
   <si>
     <t>21441</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21441/02_2002_-_sr_prefeito_municipal_jair.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21441/02_2002_-_sr_prefeito_municipal_jair.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas quanto a instalação de postos revendedores de combustíveis derivados de petróleo e álcool, para fins automotivos no Município de Votorantim.</t>
   </si>
   <si>
     <t>21442</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21442/03_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21442/03_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o subsídio ao transporte de alunos do Ensino Técnico de Nível Médio ou Superior e dá outras providências.</t>
   </si>
   <si>
     <t>21443</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21443/04_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21443/04_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio financeiro à Casa de Belém de Votorantim e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21444</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Cau</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21444/05_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21444/05_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Bairro dos Nobres, "Vila Jordina Idalina Conceição".</t>
   </si>
   <si>
     <t>21445</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21445/06_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21445/06_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 1591, de 29 de novembro de 2001, e dá outras providências.</t>
   </si>
   <si>
     <t>21446</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Outros vereadores</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21446/07_2002_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21446/07_2002_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Obriga as agências bancárias, no âmbito do Município, a colocar à disposição dos usuários, pessoal suficiente no Setor de Caixas, para que o atendimento seja efetivo em tempo razoável e dá outras providências.</t>
   </si>
   <si>
     <t>21447</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21447/08_2002_-_osvaldo_brasil.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21447/08_2002_-_osvaldo_brasil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela Sérgio de Camargo.</t>
   </si>
   <si>
     <t>21448</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21448/09_2002_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21448/09_2002_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Secretaria de Estado da Saúde.</t>
   </si>
   <si>
     <t>21449</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Heber</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21449/10_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21449/10_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via publica, Viela Clayton Lazaro de Oliveira.</t>
   </si>
   <si>
     <t>21450</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21450/11_2002_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21450/11_2002_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com o Governo do Estado de São Paulo, através da Secretaria de Agricultura e Abastecimento, objetivando o recebimento, em doação, de bens e obras necessárias a sua respectiva instalação, referentes a programas ligados à agricultura e abastecimento.</t>
   </si>
   <si>
     <t>21451</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21451/12_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21451/12_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1602, de 13 de dezembro de 2001, e dá outras providências.</t>
   </si>
   <si>
     <t>21452</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21452/13_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21452/13_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua José Benedito da Silva.</t>
   </si>
   <si>
     <t>21455</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Pedrinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21455/14_2002_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21455/14_2002_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Ernesto Augusto Luvison.</t>
   </si>
   <si>
     <t>21456</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21456/15_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21456/15_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia Municipal de Prevenção ao Câncer de Mama" em Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21457</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21457/16_2002_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21457/16_2002_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de continuação de via pública, Rua Mario tozzi.</t>
   </si>
   <si>
     <t>21458</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21458/17_2002_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21458/17_2002_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua José Antonio Gallo.</t>
   </si>
   <si>
     <t>21459</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21459/18_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21459/18_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Maria José Garcia.</t>
   </si>
   <si>
     <t>21460</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21460/19_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21460/19_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 1577, de 04 de outubro de 2001, e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21461</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21461/20_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21461/20_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a participar do Consórcio Intermunicipal para Conservação e Manutenção de Vias Públicas Municipais.</t>
   </si>
   <si>
     <t>21464</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Marcelão</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21464/21_2002_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21464/21_2002_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das borracharias e empresas de recauchutagem, dos ferros ve lhos, das floriculturas, das casas de materiais para construção e seus depósitos, a adotarem medidas para evitar a existência de criadouros para o Aedes Aegypti e Aedes Albopictus e dá outras providências.</t>
   </si>
   <si>
     <t>21465</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21465/22_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21465/22_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das empreiteiras contratar mão de obra de pessoas no Município de Votorantim.</t>
   </si>
   <si>
     <t>21466</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21466/23_2002_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21466/23_2002_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprio municipal, Ponte "Wilson Belarmino".</t>
   </si>
   <si>
     <t>21467</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21467/24_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21467/24_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Antonio Festa e denomina o Complexo Urbanístico localizado ao lado do Paço Municipal (José de Oliveira Souza).</t>
   </si>
   <si>
     <t>21468</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21468/25_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21468/25_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Votorantim a receber, mediante repasse efetuado pelo Governo do Estado de São Paulo, recursos financeiros a fundo perdido.</t>
   </si>
   <si>
     <t>21469</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21469/26_2002_-_antonio_neves_do_prado.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21469/26_2002_-_antonio_neves_do_prado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Dirceu Moreira.</t>
   </si>
   <si>
     <t>21470</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21470/27_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21470/27_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Centro das Indústrias do Estado de São Paulo - CIESP.</t>
   </si>
   <si>
     <t>21471</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Jairo de Souza</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21471/28_2002_-_jairo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21471/28_2002_-_jairo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da "Semana Municipal de Educação sobre o Trânsito".</t>
   </si>
   <si>
     <t>21472</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21472/29_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21472/29_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua José Moreira de Souza.</t>
   </si>
   <si>
     <t>21473</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21473/30_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21473/30_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 2º e seu parágrafo único, da Lei nº 1559, de 16 de maio de 2001, e dá outras providências.</t>
   </si>
   <si>
     <t>21474</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21474/31_2002_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21474/31_2002_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Tomasia Martins Vera.</t>
   </si>
   <si>
     <t>21475</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21475/32_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21475/32_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Travessa "Alice Paes da Silva".</t>
   </si>
   <si>
     <t>21476</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21476/33_2002_-_antonio_neves_do_prado.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21476/33_2002_-_antonio_neves_do_prado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua André Sentelhas.</t>
   </si>
   <si>
     <t>21477</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21477/34_2002_-_osvaldo_brasil.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21477/34_2002_-_osvaldo_brasil.pdf</t>
   </si>
   <si>
     <t>Denomina o espaço existente entre a Avenida 31 de março, Rua Acácio Muller e a Praça Lecy Campos, de "Praça Brasil".</t>
   </si>
   <si>
     <t>21478</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21478/35_2002_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21478/35_2002_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela Antonia Simões.</t>
   </si>
   <si>
     <t>21479</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21479/36_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21479/36_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fixar gratificação aos policiais de trânsito, a serviço do Município e Votorantim, e dá outras providências.</t>
   </si>
   <si>
     <t>21480</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21480/37_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21480/37_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia do Tropeiro" no Município de votorantim.</t>
   </si>
   <si>
     <t>21481</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21481/38_2002_-_jomar_teles_procopio.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21481/38_2002_-_jomar_teles_procopio.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Fraternidade Feminina de Votorantim.</t>
   </si>
   <si>
     <t>21482</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21482/39_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21482/39_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a Secretaria de Estado e Juventude, Esporte e Lazer.</t>
   </si>
   <si>
     <t>21483</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21483/40_2002_-_antonio_nebes_do_prado.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21483/40_2002_-_antonio_nebes_do_prado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Roque Gomes dos Santos.</t>
   </si>
   <si>
     <t>21484</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21484/41_2002_-_jerson_pedroso.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21484/41_2002_-_jerson_pedroso.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Sociedade de São vicente de Paulo - Conselho Central de Votorantim.</t>
   </si>
   <si>
     <t>21485</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21485/42_2002_-_antonio_neves_do_prado.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21485/42_2002_-_antonio_neves_do_prado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Vantuil Inácio Cassiano.</t>
   </si>
   <si>
     <t>21486</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21486/43_2002_-_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21486/43_2002_-_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>21487</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21487/44_2002_-_senhor_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21487/44_2002_-_senhor_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o transporte de escolares no Município de Votorantim; cria o cadastro de condutores do Município de Votorantim e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21488</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21488/45_2002_-_antonio_neves_do_prado.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21488/45_2002_-_antonio_neves_do_prado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Maria Euclides de Farias.</t>
   </si>
   <si>
     <t>21496</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21496/46_2002_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21496/46_2002_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>21497</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21497/47_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21497/47_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Sebastião Constança.</t>
   </si>
   <si>
     <t>21498</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21498/48_2002_-_senhor_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21498/48_2002_-_senhor_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre isenção de taxas às entidades sem fins lucrativos, na forma que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>21499</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21499/49_2002_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21499/49_2002_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública , Rua domingos Arruda Ferraz.</t>
   </si>
   <si>
     <t>21500</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21500/50_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21500/50_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos serviços de transporte individual de passageiros-táxi e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21501</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21501/51_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21501/51_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Travessa Antonio Tavares.</t>
   </si>
   <si>
     <t>21502</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21502/52_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21502/52_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Viela João Cícero da Silva.</t>
   </si>
   <si>
     <t>21503</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21503/53_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21503/53_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>21504</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21504/54_2002_-_marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21504/54_2002_-_marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Carlos Alberto Queiroz.</t>
   </si>
   <si>
     <t>21505</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21505/55_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21505/55_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Praça Sebastião Machado.</t>
   </si>
   <si>
     <t>21506</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21506/56_2002_-_jerson_pedroso.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21506/56_2002_-_jerson_pedroso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Carolina de Assis Piazentin.</t>
   </si>
   <si>
     <t>21507</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21507/57_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21507/57_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Travessa "Julia da Silva Cruz".</t>
   </si>
   <si>
     <t>21508</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21508/58_2002_-_jomar_teles_procopio.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21508/58_2002_-_jomar_teles_procopio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Lazinho Alves.</t>
   </si>
   <si>
     <t>21509</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21509/59_2002_-_heber_de_almeida_martins.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21509/59_2002_-_heber_de_almeida_martins.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Mário João.</t>
   </si>
   <si>
     <t>21510</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21510/60_2002_-_senhor_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21510/60_2002_-_senhor_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal da Pessoa Portadora de Deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>21511</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21511/61_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21511/61_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei 846 de 25 de Dezembro de julho de 1992 e n 1156 de 25 de dezembro de 1995 e dá outras providências.</t>
   </si>
   <si>
     <t>21512</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21512/62_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21512/62_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de concessão de direito real de uso, para a empresa JZA Eletromecânica Ltda., CNPJ: 00.170.435/0001-84, na forma que menciona.</t>
   </si>
   <si>
     <t>21513</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21513/63_2002_-_senhor_prefemunicipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21513/63_2002_-_senhor_prefemunicipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área Pública, através de concessão direito real de uso, para a empresa Roberg Produtos Saudáveis Ltda., CNPJ: 00.651.399/0001-70.</t>
   </si>
   <si>
     <t>21514</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21514/64_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21514/64_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de direito real de uso, para a empresa Emphasis Confecções Ltda., CNPJ: 61.726.220/0001-91, na forma que menciona.</t>
   </si>
   <si>
     <t>21520</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21520/65_2002_-_orlando_herrera_dias.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21520/65_2002_-_orlando_herrera_dias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Santina Elias Neves.</t>
   </si>
   <si>
     <t>21521</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21521/66_2002_-_primo_alvino_vieira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21521/66_2002_-_primo_alvino_vieira.pdf</t>
   </si>
   <si>
     <t>Regulamenta o serviço de comercialização de painéis de publicidade em locais públicos onde são realizados eventos culturais e esportivos.</t>
   </si>
   <si>
     <t>21522</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21522/67_2002_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21522/67_2002_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio e/ou contrato com a Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo - CDHU.</t>
   </si>
   <si>
     <t>21523</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21523/68_2002_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21523/68_2002_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, por doação à Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo - CDHU.</t>
   </si>
   <si>
     <t>21524</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21524/69_2002_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21524/69_2002_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, por doação, à Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo - CDHU.</t>
   </si>
   <si>
     <t>21525</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21525/70_2002_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21525/70_2002_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Altera o prazo para legalização de obras irregulares e dá outras providências.</t>
   </si>
   <si>
     <t>21526</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21526/71_2002_-_senhor_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21526/71_2002_-_senhor_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>21527</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21527/72_2002_-_paulo_sergio_lopes_de_oliveira.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21527/72_2002_-_paulo_sergio_lopes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Carlos Alberto Develis.</t>
   </si>
   <si>
     <t>21528</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21528/73_2002_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21528/73_2002_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Rua Pedro Campanini.</t>
   </si>
   <si>
     <t>21529</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21529/74_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21529/74_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública, Travessa Edemilson Antonio Camargo.</t>
   </si>
   <si>
     <t>21530</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21530/75_2002_-_joao_soares_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21530/75_2002_-_joao_soares_de_queiroz.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Grupo de Apoio a Familiares e Adictos - GAFAS.</t>
   </si>
   <si>
     <t>21531</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21531/76_2002_-_jairo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21531/76_2002_-_jairo_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre mudança no sistema de funcionamento de semáforos a partir das 22 até às 6 horas, no Município de Votorantim.</t>
   </si>
   <si>
     <t>21532</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21532/77_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21532/77_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal do Idoso e dá outras providências.</t>
   </si>
   <si>
     <t>21541</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21541/78_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21541/78_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre fornecimento de refeição aos servidores públicos municipais de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21542</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21542/79_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21542/79_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei 1602 de 13 de dezembro de 2001, em conformidade com o art. 88 inciso I do Ato das Disposições Constitucionais Transitórias, inserido por força da emenda constitucional nº 37 de 12/06/2002, na forma que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>21543</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21543/80_2002_vereadores_pedro_nunes_filho_e_lazaro_alberto_de_almeida.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21543/80_2002_vereadores_pedro_nunes_filho_e_lazaro_alberto_de_almeida.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Praça "Soldado PM Edson Raimundo".</t>
   </si>
   <si>
     <t>21544</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21544/81_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21544/81_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Acresce ao art. 152 da Lei 1602 de 13 de dezembro de 2001 os §§ 4º e 5º e dá outras providências.</t>
   </si>
   <si>
     <t>21545</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21545/82_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21545/82_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa as despesas do Município de Votorantim para o exercício de 2003.</t>
   </si>
   <si>
     <t>21546</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21546/83_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21546/83_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei 1646 de 20 de junho de 2002 e dá outras providÊncias.</t>
   </si>
   <si>
     <t>21547</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21547/84_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21547/84_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a troca de destinação de áreas remanescentes do bairro PROMORAR, na forma que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>21548</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21548/85_2002_-_pedro_nunes_filho_e_ailson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21548/85_2002_-_pedro_nunes_filho_e_ailson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas quanto a instalação de postos revendedores de combustíveis derivados de petróleo e álcool, para fins automotivos, no município de Votorantim.</t>
   </si>
   <si>
     <t>21549</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21549/86_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21549/86_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aplicação dos recursos da Fundação da Seguridade Social dos Funcionário Públicos do Município de Votorantim.</t>
   </si>
   <si>
     <t>21550</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21550/87_2002_-_jerson_pedroso.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21550/87_2002_-_jerson_pedroso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Praça Panathlon Clube de Votorantim.</t>
   </si>
   <si>
     <t>21551</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21551/88_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21551/88_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Incentivos ao Desenvolvimento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>21552</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21552/89_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21552/89_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1582, de 05 de novembro de 2001.</t>
   </si>
   <si>
     <t>21553</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21553/90_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21553/90_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de próprio municipal, Praça "Robson Pereira da Silva".</t>
   </si>
   <si>
     <t>21554</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21554/91_2002_-_sr_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21554/91_2002_-_sr_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal "José Ermírio de Moraes filho.</t>
   </si>
   <si>
     <t>21555</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21555/92_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21555/92_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de concessão de direito real de uso, para a empresa BREDA SOROCABA TRANSPORTES E TURISMO LTDA., CNPJ: 02.242.990/0001-08, na forma que menciona.</t>
   </si>
   <si>
     <t>21556</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21556/93_2002_-_adilson_houlenes_mora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21556/93_2002_-_adilson_houlenes_mora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do Poder Executivo Municipal de iniciar projetos sem previsão de recursos para a execução.</t>
   </si>
   <si>
     <t>21557</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21557/94_2002_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21557/94_2002_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Praça Sergio Nunes de Oliveira.</t>
   </si>
   <si>
     <t>21558</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21558/95_2002_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21558/95_2002_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Parque Industrial Julio Cassola.</t>
   </si>
   <si>
     <t>21559</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21559/96_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21559/96_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Reintegrar (Ação Coleitva de Trabalho) no município de Votorantim e dá outras providências.</t>
   </si>
   <si>
     <t>21560</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21560/97_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21560/97_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de concessão de direito real de uso, para a empresa JZA Eletromecânica Ltda., CNPJ: 00.170.435-0001-84.</t>
   </si>
   <si>
     <t>21561</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21561/98_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21561/98_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de concessão de direito real de uso, para a empresa ROBERG PRODUTOS SAUDÁVEIS LTDA., inscrita no Cadastro Nacional de Pessoas Jurídicas sob o número 00.651.399/0001-70, na forma que menciona.</t>
   </si>
   <si>
     <t>21562</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21562/99_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21562/99_2002_-_sr_prefeito_municipal_jair_cassola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder o uso de área pública, através de concessão de direito real de uso, para a empresa EMPHASIS CONFECÇÕES LTDA., CNPJ: 02.242.990/0001-08, na forma que menciona.</t>
   </si>
   <si>
     <t>21563</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21563/100_2002_-_vereador_jomar_teles_procopio.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21563/100_2002_-_vereador_jomar_teles_procopio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de próprio municipal, Praça Angelo de Moreni Momi.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1602,68 +1602,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21440/01_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21441/02_2002_-_sr_prefeito_municipal_jair.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21442/03_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21443/04_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21444/05_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21445/06_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21446/07_2002_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21447/08_2002_-_osvaldo_brasil.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21448/09_2002_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21449/10_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21450/11_2002_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21451/12_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21452/13_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21455/14_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21456/15_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21457/16_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21458/17_2002_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21459/18_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21460/19_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21461/20_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21464/21_2002_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21465/22_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21466/23_2002_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21467/24_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21468/25_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21469/26_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21470/27_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21471/28_2002_-_jairo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21472/29_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21473/30_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21474/31_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21475/32_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21476/33_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21477/34_2002_-_osvaldo_brasil.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21478/35_2002_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21479/36_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21480/37_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21481/38_2002_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21482/39_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21483/40_2002_-_antonio_nebes_do_prado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21484/41_2002_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21485/42_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21486/43_2002_-_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21487/44_2002_-_senhor_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21488/45_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21496/46_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21497/47_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21498/48_2002_-_senhor_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21499/49_2002_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21500/50_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21501/51_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21502/52_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21503/53_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21504/54_2002_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21505/55_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21506/56_2002_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21507/57_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21508/58_2002_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21509/59_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21510/60_2002_-_senhor_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21511/61_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21512/62_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21513/63_2002_-_senhor_prefemunicipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21514/64_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21520/65_2002_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21521/66_2002_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21522/67_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21523/68_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21524/69_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21525/70_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21526/71_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21527/72_2002_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21528/73_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21529/74_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21530/75_2002_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21531/76_2002_-_jairo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21532/77_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21541/78_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21542/79_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21543/80_2002_vereadores_pedro_nunes_filho_e_lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21544/81_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21545/82_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21546/83_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21547/84_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21548/85_2002_-_pedro_nunes_filho_e_ailson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21549/86_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21550/87_2002_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21551/88_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21552/89_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21553/90_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21554/91_2002_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21555/92_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21556/93_2002_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21557/94_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21558/95_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21559/96_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21560/97_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21561/98_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21562/99_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21563/100_2002_-_vereador_jomar_teles_procopio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21440/01_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21441/02_2002_-_sr_prefeito_municipal_jair.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21442/03_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21443/04_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21444/05_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21445/06_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21446/07_2002_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21447/08_2002_-_osvaldo_brasil.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21448/09_2002_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21449/10_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21450/11_2002_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21451/12_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21452/13_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21455/14_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21456/15_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21457/16_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21458/17_2002_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21459/18_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21460/19_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21461/20_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21464/21_2002_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21465/22_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21466/23_2002_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21467/24_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21468/25_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21469/26_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21470/27_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21471/28_2002_-_jairo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21472/29_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21473/30_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21474/31_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21475/32_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21476/33_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21477/34_2002_-_osvaldo_brasil.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21478/35_2002_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21479/36_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21480/37_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21481/38_2002_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21482/39_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21483/40_2002_-_antonio_nebes_do_prado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21484/41_2002_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21485/42_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21486/43_2002_-_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21487/44_2002_-_senhor_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21488/45_2002_-_antonio_neves_do_prado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21496/46_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21497/47_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21498/48_2002_-_senhor_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21499/49_2002_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21500/50_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21501/51_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21502/52_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21503/53_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21504/54_2002_-_marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21505/55_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21506/56_2002_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21507/57_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21508/58_2002_-_jomar_teles_procopio.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21509/59_2002_-_heber_de_almeida_martins.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21510/60_2002_-_senhor_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21511/61_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21512/62_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21513/63_2002_-_senhor_prefemunicipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21514/64_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21520/65_2002_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21521/66_2002_-_primo_alvino_vieira.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21522/67_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21523/68_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21524/69_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21525/70_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21526/71_2002_-_senhor_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21527/72_2002_-_paulo_sergio_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21528/73_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21529/74_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21530/75_2002_-_joao_soares_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21531/76_2002_-_jairo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21532/77_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21541/78_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21542/79_2002_-_senhor_prefeito_municipal_-_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21543/80_2002_vereadores_pedro_nunes_filho_e_lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21544/81_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21545/82_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21546/83_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21547/84_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21548/85_2002_-_pedro_nunes_filho_e_ailson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21549/86_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21550/87_2002_-_jerson_pedroso.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21551/88_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21552/89_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21553/90_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21554/91_2002_-_sr_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21555/92_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21556/93_2002_-_adilson_houlenes_mora.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21557/94_2002_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21558/95_2002_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21559/96_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21560/97_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21561/98_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21562/99_2002_-_sr_prefeito_municipal_jair_cassola.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2002/21563/100_2002_-_vereador_jomar_teles_procopio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>