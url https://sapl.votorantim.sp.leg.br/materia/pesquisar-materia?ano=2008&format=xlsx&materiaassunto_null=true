--- v0 (2025-11-28)
+++ v1 (2026-03-29)
@@ -51,9122 +51,9122 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATAE</t>
   </si>
   <si>
     <t>ATA de Sessão extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3388/3388_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3388/3388_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO EXTRAORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 23 DE JANEIRO DE 2008.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3389/3389_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3389/3389_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO EXTRAORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 23 DE JANEIRO DE 2008.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4009/4009_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4009/4009_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO EXTRAORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 08 DE SETEMBRO DE 2008.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4010/4010_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4010/4010_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO EXTRAORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 19 DE NOVEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4049/4049_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4049/4049_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 5ª SESSÃO EXTRAORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 24 DE NOVEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>ATAO</t>
   </si>
   <si>
     <t>ATA de Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3384/3384_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3384/3384_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 07 DE FEVEREIRO DE 2008.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3385/3385_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3385/3385_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 11 DE FEVEREIRO DE 2008.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3386/3386_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3386/3386_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 18 DE FEVEREIRO DE 2008.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3387/3387_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3387/3387_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 25 DE FEVEREIRO DE 2008.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3423/3423_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3423/3423_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 5ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 03 DE MARÇO DE 2008.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3455/3455_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3455/3455_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 6ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 10 DE MARÇO DE 2008.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3476/3476_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3476/3476_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 7ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 17 DE MARÇO DE 2008.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3501/3501_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3501/3501_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 8ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 24 DE MARÇO DE 2008.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3528/3528_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3528/3528_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 9ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 31/03/08</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3550/3550_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3550/3550_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 10ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA REALIZADA EM 07/04/08.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3578/3578_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3578/3578_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 11ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 14 DE ABRIL DE 2008.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3606/3606_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3606/3606_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 12ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 22 DE ABRIL DE 2008.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3626/3626_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3626/3626_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ATA DA 13ª SESSÃO LEGISLATIVA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 28/04/08 </t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3650/3650_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3650/3650_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 14ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 05/05/08</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3672/3672_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3672/3672_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 15ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 12/05/08</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3685/3685_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3685/3685_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 16ª SESSÃO ORDINÁRIA, DA 4ª LEGISLATURA, DA 10ª SESSÃO LEGISLATIVA, REALIZADA EM 19/05/08.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3716/3716_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3716/3716_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 17ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 26/05/08</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3740/3740_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3740/3740_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 18ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 02/06/08.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3760/3760_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3760/3760_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 09/06/08</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3780/3780_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3780/3780_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 20ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 16/06/08</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3789/3789_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3789/3789_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 21ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 23 DE JUNHO DE 2.008.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3817/3817_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3817/3817_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 22ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 30/06/08</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3841/3841_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3841/3841_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 23ª SESSÃO ORDINÁRIA DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 04/08/08</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3862/3862_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3862/3862_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 24ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 11/08/08</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3874/3874_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3874/3874_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 25ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 18/08/08</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3910/3910_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3910/3910_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 26ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 25/08/08.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3909/3909_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3909/3909_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 27ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 01/09/08.</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3916/3916_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3916/3916_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 28ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 08/09/08</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3917/3917_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3917/3917_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 29ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 15/09/08.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3926/3926_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3926/3926_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 30ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 22/09/08</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3929/3929_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3929/3929_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 31ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 29/09/08</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3940/3940_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3940/3940_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 32ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 08/10/08.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3952/3952_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3952/3952_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 33ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 13 DE OUTUBRO DE 2008.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3957/3957_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3957/3957_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 34ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 20 DE OUTUBRO DE 2008.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3973/3973_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3973/3973_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 35ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 28 DE OUTUBRO DE 2.008.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3978/3978_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3978/3978_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 36ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 03 DE NOVEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4000/4000_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4000/4000_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 37ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 10 DE NOVEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4008/4008_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4008/4008_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 38ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 17 DE NOVEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4023/4023_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4023/4023_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 39ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 24 DE NOVEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4037/4037_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4037/4037_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 40ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 01 DE DEZEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4047/4047_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4047/4047_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 41ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 09 DE DEZEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4048/4048_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4048/4048_texto_integral.doc</t>
   </si>
   <si>
     <t>ATA DA 42ª SESSÃO ORDINÁRIA, DA 4ª SESSÃO LEGISLATIVA, DA 10ª LEGISLATURA, REALIZADA EM 15 DE DEZEMBRO DE 2.008.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pastor Carlos</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3195/3195_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3195/3195_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGOS NAS PARADAS DE ÔNIBUS NA RUA JÚLIA MARTINS DOMINGUES</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>Latance</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3196/3196_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3196/3196_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMA PONTE DE FERRO COLOCAÇÃO  LAJOTAS CAMPO DE FUTEBOL “BELA MONTANHA NO FORNAZARI</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3197/3197_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3197/3197_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UM ABRIGO PARA USUÁRIOS DE ÔNIBUS, NA RUA MARIA MADALENA SILVA BAEZA, NO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3198/3198_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3198/3198_texto_integral.doc</t>
   </si>
   <si>
     <t>INTIME OS PROPRIETÁRIOS DOS TERRENOS COMERCIAIS LOCALIZADOS NO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>Pedrinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3199/3199_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3199/3199_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAR A RUA ONÉZIO DE QUEIROZ</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3200/3200_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3200/3200_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFALTICA AVENIDA NOÉ CARLOS DE CAMPOS, NO BAIRRO MONTE ALEGRE</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3201/3201_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3201/3201_texto_integral.doc</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA AVENIDA FRANCISCA LUCAS BONILHA, EM FRENTE AO Nº 423</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3202/3202_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3202/3202_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA DE UMA PEQUENA PARTE DA RUA MAURI PROENÇA QUE LIGA A RUA MANOEL VIEIRA DA MAIA PRIMO </t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3203/3203_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3203/3203_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO  RUAS DO JARDIM SERRANO</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>Toninho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3204/3204_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3204/3204_texto_integral.doc</t>
   </si>
   <si>
     <t>CAPINAÇÃO NA CALÇADA LATERAL DO BARRACÃO DE RECICLAGEM “THEODORO MIQUELOTI”, NA AVENIDA JAZIEL DE AZEREDO, VILA GARCIA</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3205/3205_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3205/3205_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM “SARJETÃO” ENTRE A RUA PEDRO CRAIS E AVENIDA  JAZIEL DE AZEREDO RIBEIRO</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3206/3206_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3206/3206_texto_integral.doc</t>
   </si>
   <si>
     <t>PISTA DE CAMINHADA, BEM COMO PLANTIO GRAMA NAS LATERAIS DAS CALÇADAS LOCALIZADAS ENTRE AS RUAS PEDRO CRAIS, ALIGUÉRI VETORAZZO, ETELVINA FERREIRA DA CONCEIÇÃO E AVENIDA ISABEL FERREIRA COELHO NA VILA GARCIA.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3207/3207_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3207/3207_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR, EM CARÁTER DE URGÊNCIA, SINALIZAÇÃO DE SOLO E PLACAS INDICATIVAS DE VELOCIDADE PERMITIDA, NA AVENIDA JAZIEL DE AZEREDO RIBEIRO NA VILA GARCIA</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3208/3208_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3208/3208_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR LAJOTAS NA AVENIDA JAZIEL DE AZEREDO RIBEIRO, NO BAIRRO GUANABARA, NA ALTURA DOS NºS. 216 AO 246.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>Landito</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3209/3209_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3209/3209_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DERLI PRADO;_x000D_
 PEDRO MOREIRA DE SOUZA;_x000D_
 MAURO DE ALMEIDA BARROS;_x000D_
 CARLOS ROBERTO MACHADO;_x000D_
 GERALDO RODRIGUES;_x000D_
 DARWIN SBRANA;_x000D_
 ANTONIO MALHONE;_x000D_
 ABÍLIA DA S. VEIGA;_x000D_
 ZILDA TESCARO SBRANA_x000D_
 </t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3210/3210_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3210/3210_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFALTICA NAS RUAS MARGARIDA PAULINO;_x000D_
 ANDRÉ SENTELHAS;_x000D_
 MARIA EUCLIDES DE FARIAS;_x000D_
 ANDRÉ PAULO ALVES DA SILVA;_x000D_
 JOSÉ CAMPELO FILHO;_x000D_
 JULIA ALVES DOS SANTOS;_x000D_
 BENEDITO ALVES BUENO;_x000D_
 ROQUE GOMES DOS SANTOS;_x000D_
 ORDÁLIA BATISTA DE SALES;_x000D_
 MARIA LÁZARO ROCHA._x000D_
 BAIRRO PRIMAVERA_x000D_
 </t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.doc</t>
   </si>
   <si>
     <t>CRECHE BAIRRO SÃO LUCAS</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3212/3212_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3212/3212_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFALTICA NAS RUAS JUDITE CAMPOS MACHADO;_x000D_
 NORBERTO CLÁUDIO PAES VIEIRA;_x000D_
 NELSON TEIXEIRA, VILA PARDINI._x000D_
 BAIRRO ITAPEVA_x000D_
 E TAMBEM ÁREA DE LAZER COM QUADRA POLIESPORTIVA OU PISTA DE SKATE</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3213/3213_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3213/3213_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMA GERAL _x000D_
 CAMPO DO E.C. PALMEIRAS (GRAMADO, QUADRA DE CIMENTO OU DE AREIA, REMOÇÃO DOS BARRACOS</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3214/3214_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3214/3214_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">RECAPEAMENTO DA AVENIDA SANTO ANTONIO, NO BAIRRO DA BARRA FUNDA. </t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3215/3215_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3215/3215_texto_integral.doc</t>
   </si>
   <si>
     <t>PROLONGAR A IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA NA RODOVIA SP-79, ACESSO 103</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3216/3216_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3216/3216_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PISTA DE CAMINHADA NO PARQUE JATAI II</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3217/3217_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3217/3217_texto_integral.doc</t>
   </si>
   <si>
     <t>SETOR ZOONOSES _x000D_
 PROJETO GRATUITO DE CASTRAÇÃO E CONTROLE DA POPULAÇÃO DE ANIMAIS</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3218/3218_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3218/3218_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAR OU DE APLICAR CAMADAS DE ANTIPÓ COLOCAÇÃO DE GUIAS  FUNDOS DA RUA PEDRO AMORIM.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3219/3219_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3219/3219_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA UNIDADE DO P.A. PRONTO ATENDIMENTO NO PARQUE JATAÍ.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3220/3220_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3220/3220_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE PASSAR UMA CAMADA ASFÁLTICA NAS SEGUINTES RUAS DA VILA DOMINGUINHO:_x000D_
 -RUA SOROCABA;_x000D_
 -AVENIDA CARLOS MARIANO;_x000D_
 -RUA JOAQUIM FOGAÇA;_x000D_
 -RUA PAULO REGINATO;_x000D_
 -ANTONIO DE CAMPOS FILHO ENTRE OUTRAS.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3221/3221_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3221/3221_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO A GUARDA MUNICIPAL, A EXEMPLO DE OUTRAS CIDADES QUE JÁ CONTAM COM ESSE IMPORTANTE SERVIÇO. PEDIDO ESTE JÁ EFETUADO POR ESTE EDIL NOS ÚLTIMOS ANOS.  </t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3222/3222_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3222/3222_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE EFETUE CONTANTO JUNTO AO GOVERNO DO ESTADO, SOLICITANDO ESTUDOS NO SENTIDO DE INSTALAR UMA UNIDADE DO RESTAURANTE “BOM PRATO” EM VOTORANTIM, O QUE SERÁ DE GRANDE VALIA E UTILIDADE À POPULAÇÃO, PRINCIPALMENTE PELO MOTIVO DE QUE PESSOAS DE CIDADES VIZINHAS VÊM A NOSSA CIDADE PARA SEREM ATENDIDAS NO P.A. E TAMBÉM NO HOSPITAL MUNICIPAL.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>Márcio Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3223/3223_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3223/3223_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE PROVIDENCIE A INSTALAÇÃO DE UM ELEVADOR OU RAMPAS PARA ACESSO AO PISO SUPERIOR DA PREFEITURA.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3224/3224_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3224/3224_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE PROVIDENCIE A LIMPEZA COM ROÇAGEM E CAPINAÇÃO NO CÓRREGO SITUADO NO INÍCIO DA AVENIDA JAZIEL DE AZEREDO RIBEIRO, JARDIM ANTÔNIO CASSILO.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3225/3225_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3225/3225_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE PROVIDENCIE A CORREÇÃO DA “LOMBADA” DA AVENIDA PEDRO AUGUSTO RANGEL, EM FRENTE À IGREJA CATÓLICA, NA ENTRADA DA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3226/3226_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3226/3226_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE PROVIDENCIE A DIVISÃO DE MÃO DE DIREÇÃO EM TODA A EXTENSÃO DA AVENIDA PEDRO AUGUSTO RANGEL, PRINCIPALMENTE ATÉ A IGREJA CATÓLICA DO LOCAL, NA ENTRADA DO BAIRRO, CONFORME O MODELO EXISTENTE EM FRENTE AO POSTO DE SAÚDE, DA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3227/3227_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3227/3227_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE PROVIDENCIE A LIMPEZA E ROÇAGEM DA EMEIEF “AURORA FONTES”, NA VILA NOVA VOTORANTIM._x000D_
 </t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>João Cau</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3228/3228_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3228/3228_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE REFORMAR A PRAÇA “JÚLIO CAU”, NA VILA GARCIA.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3229/3229_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3229/3229_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA ÁREA COM CAMPOS DE BOCHA E MALHA, NO LOCAL AO LADO DO CAMPO DE FUTEBOL DA VILA GARCIA.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3230/3230_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3230/3230_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DA ADMINISTRAÇÃO ASFALTAR A RUA PROJETADA, LOCALIZADA ENTRE A AVENIDA JAZIEL DE AZEREDO RIBEIRO, VILA GARCIA E A VILA ZACARIAS, EM SOROCABA.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3231/3231_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3231/3231_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE PROVIDENCIE A OPERAÇÃO “TAPA BURACOS” NAS RUAS DA VILA GARCIA, BEM COMO, LIMPEZA E CAPINAÇÃO NO PARQUE NATURAL, E TAMBÉM EM TODAS ÁREAS PÚBLICAS DO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3232/3232_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3232/3232_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE FECHAR DE MURO E IMPLANTAR CALÇADA NA ÁREA LOCALIZADA AO LADO DA ESCOLA MUNICIPAL “DIDES CRISPIM ANTONIO”, NA VILA GARCIA.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>Marcelão</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3233/3233_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3233/3233_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO AO SENHOR PREFEITO MUNICIPAL, QUE O SETOR COMPETENTE ESTUDE A POSSIBILIDADE DE AMPLIAR O HORÁRIO DE ATENDIMENTO NO POSTO DE SAÚDE DO JARDIM SERRANO, QUE ATUALMENTE É DAS 7 ÀS 16HS, PASSANDO PARA 7HS ÀS 20HS. </t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3234/3234_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3234/3234_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFALTICA RUA MODESTO PRADO, NO JARDIM CLARICE</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3236/3236_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3236/3236_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUA UMA CANALETA DE CONCRETO NO ENCONTRO DAS RUAS MARIA FRANCISCA VIEIRA E OSÓRIO AUGUSTO RANGEL, TRAVESSAS DA RUA CARMINHA CELESTINO SILVA PARQUE JATAÍ II. </t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3239/3239_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3239/3239_texto_integral.doc</t>
   </si>
   <si>
     <t>PINTURA DO PRÉDIO DENOMINADO “CENTRO CULTURAL MATHIAS GIANOLLA”,</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3240/3240_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3240/3240_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE SOLO NA RUA ANÁLIA PEREIRA, NO BAIRRO ITAPEVA</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3241/3241_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3241/3241_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO OBELISCO EXISTENTE NA AVENIDA REVERENDO JOSÉ MANOEL DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3242/3242_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3242/3242_texto_integral.doc</t>
   </si>
   <si>
     <t>PLACAS INDICANDO “RUA SEM SAÍDA” NA ESQUINA DAS RUAS NATALINO JARDIM RODRIGUES, JOÃO EUZÉBIO DE ANDRADE FILHO E NARCIZO TEIXEIRA, NO JARDIM DAS COLINAS.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3244/3244_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3244/3244_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA, BEM COMO, A CANALIZAÇÃO DAS ÁGUAS FLUVIAIS NA RUA JOSÉ ELIAS LOPES, NA VILA LEMOS</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3246/3246_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3246/3246_texto_integral.doc</t>
   </si>
   <si>
     <t>PONTO DE LUZ, EM POSTE JÁ EXISTENTE, NA RUA LUIZ RODRIGUES PACHECO Nº 28, JARDIM ARCHILLA</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3284/3284_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3284/3284_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NO TERRENO PÚBLICO SITUADO NA ESQUINA DAS RUAS FLORIZA LUIZA ROCHA E RUA BOAVENTURA MAGANHATO, NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3285/3285_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3285/3285_texto_integral.doc</t>
   </si>
   <si>
     <t>VERIFIQUE A RAZÃO PELA QUAL ALGUMAS LÂMPADAS DO CANTEIRO CENTRAL DA AVENIDA PEDRO AUGUSTO RANGEL, NA VILA NOVA VOTORANTIM, NÃO ESTÃO ACENDENDO</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3286/3286_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3286/3286_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA NO TERRENO PÚBLICO SITUADO ENTRE O FINAL DA RUA ENRICO VIOLINO ATÉ O FINAL DA AVENIDA FRANCISCA LUCAS BONILHA, NO PARQUE BELA VISTA. </t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3287/3287_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3287/3287_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NA VIELA DA RUA VICTÓRIO ZANCHETTA, NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”, ENTRE A QUADRA POLIESPORTIVA E A CRECHE E VAI ATÉ A RUA ERNESTO IMPARATO, DA VILA NOVA VOTORANTIM, SEGUINDO AO LADO DA EMEF “WALTER ROCHA DE CAMARGO”.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3288/3288_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3288/3288_texto_integral.doc</t>
   </si>
   <si>
     <t>CAPINAÇÃO NO TERRENO PÚBLICO LOCALIZADO ENTRE JARDIM MARIA JOSÉ E O PARQUE MORUMBI, E QUE FAZ FRENTE ÀS RUAS BENEDITO ISSE E ORLANDO BRASIL</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3289/3289_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3289/3289_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAR UMA “LOMBADA” NA AVENIDA CRISTIANO VIEIRA PEDRICO, EM FRENTE À ESCOLA EVILÁZIO DE GÓES VIEIRA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3290/3290_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3290/3290_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAR UM PONTO DE ÔNIBUS COM ABRIGO, NA RODOVIA SP-79 SENTIDO BAIRRO-CENTRO, PRÓXIMO AO CAMPO DE FUTEBOL “FLORESTA FC”. </t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3291/3291_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3291/3291_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR NOS PROJETOS DE PRAÇAS EM NOSSA CIDADE, A URBANIZAÇÃO DA ÁREA LOCALIZADA NAS RUAS MARIA MODENEZE MODENA E EGINO TERCIANI, NO PARQUE BELA VISTA.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAR AS VIELAS QUE SE INICIAM NA RUA LUIZ CAETANO BERNARDES, ALTURA DOS NºS. 709 A 779 INTERLIGANDO COM A RUA SINÉSIO DOS SANTOS ALTURA DOS NºS. 367 A 385 E INTERLIGA COM A RUA MONSENHOR LUIZ CAETANO DE ALMEIDA, ALTURA  DOS NºS. 386 A 558 NO PARQUE JATAÍ.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM POSTE DE ILUMINAÇÃO NA ALTURA DO Nº 58 DA TRAVESSA DA RUA SALVADOR DE ALMEIDA, NO PARQUE SANTA MÁRCIA</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3294/3294_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3294/3294_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CANALETA DE CONCRETO NA RUA CARLOS MACHADO NO PARQUE SÃO JOÃO, </t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3295/3295_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3295/3295_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO NA ESCADARIA E NO TERRENO LOCALIZADOS NA RUA SERVINA CARDOSO LUVISON, AO LADO DA “FUNILARIA DO MILO”, NA VILA GARCIA.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3296/3296_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3296/3296_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO DA ÁREA NOS FUNDOS DO POSTO DE SAÚDE DA VILA GARCIA</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3297/3297_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3297/3297_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">“TAPA BURACOS” NAS AVENIDAS PEDRO AUGUSTO RANGEL E OCTÁVIO AUGUSTO RANGEL, </t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3298/3298_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3298/3298_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA AO REDOR DA CRECHE “ODAIR CAU” NA VILA GARCIA E TAMBÉM EM DUAS OUTRAS ÁREAS; SENDO UMA NA RUA ALIGUÉRI VETORAZZO, EM FRENTE AO SUPER MERCADO “BARATEIRO” E OUTRA ENTRE AS RUAS ETELVINA FERREIRA DA CONCEIÇÃO E PEDRO CRAIS, E, POSTERIORMENTE, QUE SEJA COMPLETADO A CONCRETAGEM DAS CALÇADAS DAS REFERIDAS RUAS, ONDE, INCLUSIVE JÁ FOI CONSTRUÍDA A MURETA.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3299/3299_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3299/3299_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NA CALÇADA DA AVENIDA JAZIEL DE AZEREDO RIBEIRO NA VILA GARCIA</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3300/3300_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3300/3300_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA LUMINÁRIA, EM POSTE JÁ EXISTENTE, NA RUA SANTINA MONCHATTE DE CAMARGO (ANTIGA RUA 11), PRÓXIMO AO Nº 181 NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3301/3301_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3301/3301_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS PONTOS DE LUZ NA RUA JOAQUIM FOGAÇA, NA VILA DOMINGUINHO (TRAVESSA SEM DENOMINAÇÃO) ENTRE OS NÚMEROS 610 E 620.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3302/3302_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3302/3302_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO RUA LEOPOLDO FERREIRA VILA DOMINGUINHO</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3303/3303_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3303/3303_texto_integral.doc</t>
   </si>
   <si>
     <t>“TAPA BURACOS” NA RUA NOÉ CARLOS DE CAMPOS, ALTURA DO Nº 180, NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3304/3304_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3304/3304_texto_integral.doc</t>
   </si>
   <si>
     <t>NOTIFIQUE OS PROPRIETÁRIOS DAS ÁREAS LOCALIZADAS NA RUA JOÃO CARLOS DE CAMPOS, ALTURA DO Nº 148, EM AMBOS OS LADOS, PARA QUE OS MESMOS PROVIDENCIEM LIMPEZA EM SEUS LOTES E CONSTRUAM CALÇADAS.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3305/3305_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3305/3305_texto_integral.doc</t>
   </si>
   <si>
     <t>NOTIFICAR O PROPRIETÁRIO DO VEÍCULO ABANDONADO PRÓXIMO AO Nº 65, DA RUA ANTONIO BERTONI,NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3325/3325_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3325/3325_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">FAZER UM SERVIÇO DE CALÇAMENTO NO FINAL DA RUA ENRICO VIOLINO NO PARQUE BELA VISTA </t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3326/3326_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3326/3326_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE CONCRETO NA CALÇADA (PASSEIO) SITO A RUA PEDRO NUNES NO JARDIM SERRANO II PRÓXIMO A EMEI MARIA DO ROZARIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3327/3327_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3327/3327_texto_integral.doc</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ESTRADA DO KARAFÁ ATÉ A DIVISA COM A CIDADE DE ALUMÍNIO E NO ACESSO À CAPELA DA PENHA               ESTÃO ESBURACADAS</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3328/3328_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3328/3328_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA CRECHE OU ADEQUAÇÃO DA EMEI MARIA APARECIDA FERRATO CAMARGO, NO BAIRRO DO FORNAZARI</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3329/3329_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3329/3329_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM POSTE COM LUMINÁRIA NO FINAL DA RUA LAUDELINO DE MELO, NA VILA AMORIM (PRÓXIMO A ESCADARIA).</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3330/3330_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3330/3330_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA EM TODAS AS RUAS E TERRENOS PÚBLICOS E TAMBÉM DE PARTICULARES, NO PARQUE SANTA MÁRCIA, PRINCIPALMENTE AS RUAS JOÃO ANTONIO FERRAZ E SALVADOR DE ALMEIDA </t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3331/3331_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3331/3331_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ESCOLA DE ENSINO INFANTIL E FUNDAMENTAL NO PARQUE JATAÍ E OUTRA NO BAIRRO VOSSOROCA</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3332/3332_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3332/3332_texto_integral.doc</t>
   </si>
   <si>
     <t>MELHORAR O ASPECTO DO TERMINAL DE ÔNIBUS LOCALIZADO NA AVENIDA PEDRO AUGUSTO RANGEL, NA VILA NOVA VOTORANTIM  ESTÁ EM ESTADO DE ABANDONO</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3333/3333_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3333/3333_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REFORMAR A PRAÇA DA BANDEIRA NO BAIRRO DA CHAVE, PROVIDENCIANDO-SE A PINTURA, TROCA DE TELHAS E PODA DAS PLANTAS ALI EXISTENTES, ALÉM DO PAVIMENTO DA PARTE DA VIA DE ROLAMENTO DA RUA OVÍDIO GODINHO, QUE FOI RETIRADO EM UMA FAIXA DE 60 CENTÍMETROS POR QUASE TODA A SUA EXTENSÃO, DEFRONTE A PRAÇA DA BÍBLIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3334/3334_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3334/3334_texto_integral.doc</t>
   </si>
   <si>
     <t>PROBLEMA EXISTENTE NA RUA JOSÉ FRANCELINO DOS SANTOS, Nº 69, JARDIM SERRANO II, ONDE O MORADOR RECLAMA DA EXISTÊNCIA DE UM BARRANCO QUE, QUANDO CHOVE, A TERRA INVADE A SUA CASA.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3335/3335_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3335/3335_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NA CONSTRUÇÃO AO LADO DA COOPERATIVA DE RECICLAGEM, JARDIM SERRANO I</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3336/3336_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3336/3336_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM DO TERRENO PÚBLICO LOCALIZADO NO ENTORNO DA QUADRA DO CENTRO POLIESPORTIVO ANTONIO POLLI NA VILA NOVA VOTORANTIM E PRÓXIMO DA VIELA QUE LIGA AS RUAS MÁRIO SAVELA E WALDOMIRO DOS SANTOS, E TAMBÉM PRÓXIMO À EMEIEF “AURORA FONTES” NO MESMO BAIRRO</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3337/3337_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3337/3337_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE UM ABRIGO PARA USUÁRIOS DE ÔNIBUS NO PONTO SITUADO NA RUA MANOEL VICENTE DURÃES, PRÓXIMO A RESIDÊNCIA DE Nº 136, NO JARDIM SÃO LUCAS.  </t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3338/3338_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3338/3338_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSERTO OU SUBSTITUIÇÃO DAS LÂMPADAS INSTALADAS NA VIELA QUE LIGA AS RUAS MÁRIO SAVELA E WALDOMIRO DOS SANTOS NA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3339/3339_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3339/3339_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NECESSÁRIOS NO BURACO EXISTENTE NA RUA WALDOMIRO DOS SANTOS, PRÓXIMO À ESQUINA COM A RUA ANDRÉ MORENO NA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3340/3340_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3340/3340_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UM ABRIGO DE ÔNIBUS NO PONTO SITUADO NA RUA GILSON LUIZ NETO, PRÓXIMO À RESIDÊNCIA DE Nº 96 NO PARQUE JATAÍ II. </t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3341/3341_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3341/3341_texto_integral.doc</t>
   </si>
   <si>
     <t>OPERAÇÃO DE PINTURA E LIMPEZA NO UBS JARDIM SERRANO EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3342/3342_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3342/3342_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">RETIRADA DO LIXO ACUMULADO NA RUA BERTÍLIA LAUREANO EM FRENTE AO Nº 100 NO SÃO LUCAS, BEM COMO, QUE SEJA IMPLANTADA UMA PLACA COM OS DIZERES: “PROIBIDO JOGAR LIXO OU ENTULHO”, </t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3343/3343_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3343/3343_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NA PLACA INDICATIVA INSTALADA NO CANTEIRO CENTRAL DA AVENIDA LUIZ DO PATROCÍNIO FERNANDES</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3344/3344_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3344/3344_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE QUIOSQUES E MESAS NO PARQUE NATURAL NA VILA GARCIA. </t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3345/3345_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3345/3345_texto_integral.doc</t>
   </si>
   <si>
     <t>OPERAÇÃO “TAPA BURACOS” NA RUA SERVINA CARDOSO LUVISON, JUNTO À LOMBADA PRÓXIMO À PADARIA PRINCESINHA, ALTURA DO Nº 290.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3346/3346_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3346/3346_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM BEBEDOURO NA PISTA DE CAMINHADA LOCALIZADA ENTRE A VILA GARCIA E JARDIM SÃO LUIS.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3347/3347_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3347/3347_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA PISTA DE “BICICROSS” NUMA DAS ÁREAS DEVOLUTAS DA VILA GARCIA             CICLISMO</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3369/3369_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3369/3369_texto_integral.doc</t>
   </si>
   <si>
     <t>DIMINUIÇÃO DO RETORNO DO SOM PARA AS RESIDÊNCIAS LOCALIZADAS NA PARTE DE TRÁS DO PALCO DA PRAÇA DE EVENTOS “LECY DE CAMPOS</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3370/3370_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3370/3370_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UMA LIXEIRA DE GRANDE PORTE, NA AVENIDA SANTO ANTONIO, PRÓXIMO AO Nº 1060, NO BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3371/3371_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3371/3371_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE SARJETAS E GUIAS, BEM COMO O NIVELAMENTO DA RUA EM FRENTE AO Nº 60 DA RUA APOLINÁRIO MARQUES RODRIGUES, NO PARQUE JATAÍ</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3372/3372_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3372/3372_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO NAS CALÇADAS DA RUA RAIMUNDO BARBOSA DA SILVA, NO JARDIM TOLEDO E SUBSTITUIÇÃO DE DUAS LUMINÁRIAS, QUE NÃO ESTÃO FUNCIONANDO, NA PISTA DE CAMINHADA DA REFERIDA RUA</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3373/3373_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3373/3373_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA PRAÇA NO TERRENO LOCALIZADO NA RUA PEDRO NUNES, AO LADO DA EMEIF “MARIA DO ROSÁRIO”, NO JARDIM SERRANO II.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3374/3374_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3374/3374_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA LÂMPADA DO POSTE IMPLANTADO NA VIELA QUE FAZ FRENTE PARA A RUA ANTONIO TREVISAN, AO LADO DO Nº 138, NO PARQUE BELA VISTA. SOURB</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3375/3375_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3375/3375_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCLUIR SERVIÇO DE CORTE DE GRAMA NA VIELA LOCALIZADA NA RUA ANTONIO TREVISAN, AO LADO DA CAIXA D’ÁGUA DO PARQUE BELA VISTA.  </t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3376/3376_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3376/3376_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CAPINAÇÃO NA VIELA AO LADO DA ESCOLA ESTADUAL “COMENDADOR PEREIRA INÁCIO”, NA AVENIDA SANTO ANTONIO NO BAIRRO BARRA FUNDA, </t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3377/3377_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3377/3377_texto_integral.doc</t>
   </si>
   <si>
     <t>“TAPA BURACOS” NA RUA ANA MARINA DO ESPÍRITO SANTO, JARDIM SERRANO, EM FRENTE À IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3378/3378_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3378/3378_texto_integral.doc</t>
   </si>
   <si>
     <t>PINTURA DA QUADRA POLIESPORTIVA DA PRAÇA “CARLOS VIOLINO” NO JARDIM SERRANO</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3379/3379_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3379/3379_texto_integral.doc</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE SER ENVIADO A ESTA CASA, COM A MAIOR BREVIDADE POSSÍVEL, UM PROJETO DE LEI DISPONDO SOBRE REAJUSTE DOS VENCIMENTOS DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, E, A EXEMPLO DO GOVERNO FEDERAL, QUE VIGORE A PARTIR DE 1º DE MARÇO DO CORRENTE, E TAMBÉM QUE SEJAM REAJUSTADOS OS VALORES DO VALE ALIMENTAÇÃO QUE HÁ ANOS SE ENCONTRA DEFASADO</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3380/3380_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3380/3380_texto_integral.doc</t>
   </si>
   <si>
     <t>RAZÃO DO AFUNDAMENTO DE PARTE DO PAVIMENTO DA RUA MARGARIDA PROASKA MOSCATELLI, EM FRENTE AO Nº 19, NO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3381/3381_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3381/3381_texto_integral.doc</t>
   </si>
   <si>
     <t>DIREÇÃO DA CPFL, SOLICITANDO A INSTALAÇÃO DE LUMINÁRIA, EM POSTE JÁ EXISTENTE, NA RUA ANTONIO MAGANHATO, NO JARDIM DAS COLINAS, EM FRENTE AO Nº 102.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3382/3382_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3382/3382_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA BOCA-DE-LOBO, NA RUA ANTONIO MAGANHATO, EM FRENTE AO Nº 102, NA VILA GARCIA, POIS A MESMA ESTÁ CHEIA DE TERRA E TOMADA PELO MATO.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3383/3383_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3383/3383_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DA RESIDÊNCIA LOCALIZADA NA RUA JAIME DE CAMPOS, Nº 123, NO CENTRO, PARA QUE O MESMO PROVIDENCIE A LIMPEZA </t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3405/3405_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3405/3405_texto_integral.doc</t>
   </si>
   <si>
     <t>“TAPA BURACOS” NA RUA LUIZ PEINADO, ESQUINA COM A RUA EMÍLIO TERCIANI</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3406/3406_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3406/3406_texto_integral.doc</t>
   </si>
   <si>
     <t>ESCREVA NO SOLO A PALAVRA “PARE” NA RUA MONTE ALEGRE ESQUINA COM A RUA AQUILES LONGO.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAR OITO PONTOS DE LUZ NOS POSTES LOCALIZADOS NA RODOVIA RAIMUNDO ANTUNES SOARES NºS. 2190/2270, ONDE É REGISTRADO GRANDE MOVIMENTO PELO FATO DE POSSUIR OS SEGUINTES ESTABELECIMENTOS COMERCIAIS: SALÃO DE FESTA, MARCENARIA ARTESANAL, FÁBRICA BAUMA E DOIS MOTÉIS, </t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3408/3408_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3408/3408_texto_integral.doc</t>
   </si>
   <si>
     <t>DESASSOREAMENTO COM RETIRADA DE ENTULHOS DAS GALERIAS DE ÁGUAS PLUVIAIS DO CÓRREGO SITUADO À RUA BENEDITO CAMARGO SOBRINHO NA VILA SANTO ANTONIO.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3409/3409_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3409/3409_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NA ESCADARIA SITUADA ENTRE OS BAIRROS ELISEU RODRIGUES VIEIRA E CONJUNTO HABITACIONAL “VEREADOR AUGUSTINHO CHRIGUER” NO BAIRRO DA BARRA FUNDA.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3410/3410_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3410/3410_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA EM FRENTE A RESIDÊNCIA DE Nº 332 DA AVENIDA CELSO MIGUEL DOS SANTOS, PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3411/3411_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3411/3411_texto_integral.doc</t>
   </si>
   <si>
     <t>GAFAS - GRUPO DE APOIO A FAMILIARES E ADICTOS</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3412/3412_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3412/3412_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UM SEMÁFORO NO CRUZAMENTO DA AVENIDA OCTÁVIO AUGUSTO RANGEL COM A RUA HORÁCIO VASCONCELOS LEITE, BAIRRO DO CURTUME</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3413/3413_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3413/3413_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM POSTE COM LUMINÁRIA, NA VIELA QUE LIGA AS RUAS CARLOS LUVISON E MAURÍCIO FOMIA, NO BAIRRO MONTE ALEGRE</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3414/3414_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3414/3414_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DA RUA URSULINA RINALDI VERLANGIÉRI, ESQUINA COM A RUA MARIA DOS SANTOS MOREIRA, ATÉ A ESQUINA COM A RUA MARIA HESSEL BERNARDO, NO BAIRRO VOSSOROCA.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3415/3415_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3415/3415_texto_integral.doc</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINAÇÃO NO CANTEIRO CENTRAL DAS AVENIDAS PEDRO GONÇALVES E MARIA HENRIQUE DUARTE, NO BAIRRO VOSSOROCA.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3416/3416_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3416/3416_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA NA CALÇADA DA RUA ANTONIO DE CAMPOS FILHO, NA VILA DOMINGUINHO. </t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3424/3424_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3424/3424_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS, VISANDO A CONSTRUÇÃO DE UM SARJETÃO DE CONCRETO NO ENCONTRO DA RUA LAILA GALLEP SACKER COM A AVENIDA JOSÉ MIGUEL SKIF, NA BARRA FUNDA.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3425/3425_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3425/3425_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA QUE SE RESOLVA UM PROBLEMA DA “SAÍDA” DE ÁGUA, BEM COMO, LIMPEZA, NO FINAL DA RUA FLORIZA LUIZA ROCHA, NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3426/3426_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3426/3426_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO A LIMPEZA E ROÇAGEM DO TERRENO PÚBLICO LOCALIZADO NA VIELA AO LADO DA ESCOLA EMEF “WALTER ROCHA CAMARGO”, NA VILA NOVA VOTORANTIM, ENTRE AS RUAS VICTÓRIO ZANCHETTA E ODETE GÓRI BICUDO.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3427/3427_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3427/3427_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDOS, VISANDO A IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA DEFRONTE ÀS RESIDÊNCIAS QUE SUBSTITUÍRAM OS BARRACOS E QUE PASSARAM A FAZER PARTE DA RUA HORTÊNCIA MACIEL DE CAMARGO NO PARQUE MORUMBI. </t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3428/3428_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3428/3428_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A REGULARIZAÇÃO DAS PLACAS DE NUMERAÇÃO NAS RESIDÊNCIAS RECÉM CONSTRUÍDAS EM SUBSTITUIÇÃO AOS BARRACOS QUE PASSARAM A FAZER PARTE DA RUA HORTÊNCIA MACIEL DE CAMARGO NO PARQUE MORUMBI.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3429/3429_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3429/3429_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO A COLOCAÇÃO DA PLACA INDICATIVA NA RUA JOÃO FRANCISCO FRANÇA, NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3430/3430_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3430/3430_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE UM POSTE COM LUMINÁRIA NA RUA 25, SITUADA ENTRE AS RUAS MARIA FRANCISCA VIEIRA E OSÓRIO AUGUSTO RANGEL, NO PARQUE JATAÍ II.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3431/3431_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3431/3431_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO AO CONSERTO NO ASFALTO DEFRONTE AOS NºS. 201 E 214 DA RUA MARIA FRANCISCA VIEIRA, NO PARQUE JATAÍ II.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3432/3432_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3432/3432_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO À CONSTRUÇÃO DE UMA GALERIA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS, NO FINAL DA RUA PEDRO AMORIM, NO BAIRRO DA BARRA FUNDA.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3433/3433_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3433/3433_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO AOS REPAROS NO SISTEMA DE ILUMINAÇÃO DA VIELA SITUADA NA RUA TEREZA PÉCORA PEDROSA, NA VILA DOMINGUINHO.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3434/3434_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3434/3434_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS, VISANDO A ELABORAÇÃO DE UM PROJETO DE LEI PARA REGULAMENTAR A SITUAÇÃO DOS ANIMAIS SOLTOS PELAS VIAS PÚBLICAS DE NOSSA CIDADE, E OS CUIDADOS COM ANIMAIS PERIGOSOS, COMO OS CANINOS, FELINOS, EQÜINOS, BOVINOS ENTRE OUTROS.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3435/3435_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3435/3435_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDÊNCIAS QUANTO A LIMPEZA E ROÇAGEM DO TERRENO PÚBLICO LOCALIZADO NA VIELA DA RUA JOANA MILANI, NO PARQUE BELA VISTA.  </t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3436/3436_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3436/3436_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO À LIMPEZA DAS BOCAS DE LOBO DA RUA PEDRO NUNES, NO JARDIM SERRANO II.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3437/3437_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3437/3437_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO ASFALTO DE UM DETERMINADO TRECHO DA RUA HUMBERTO GIOVANE REGINATO, NA VILA NOVA VOTORANTIM, QUE SE ENCONTRA ESBURACADO.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3438/3438_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3438/3438_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE O PROPRIETÁRIO DA ÁREA LOCALIZADA A RUA CLOTILDE BELLINI CAPITANI, ESQUINA COM A RUA MARIA ANTONIA PRADO, SEJA NOTIFICADO PARA QUE EFETUE A LIMPEZA E CONCRETAGEM DA CALÇADA DE SEU IMÓVEL.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3439/3439_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3439/3439_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A TROCA DA LÂMPADA DO POSTE DA VIELA QUE LIGA A RUA CARLOS LUVISON, EM FRENTE À ESCOLA ESTADUAL “PROF. DANIEL VERANO”, COM A AVENIDA CELSO MIGUEL DOS SANTOS, NO PARQUE BELA VISTA. </t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3440/3440_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3440/3440_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS QUANTO À SINALIZAÇÃO DE SOLO NO ENCONTRO DAS RUAS JOÃO WALTER E NOÉ CARLOS DE CAMPOS, NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3450/3450_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3450/3450_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS, VISANDO A REDUÇÃO DO VALOR COBRADO PELO SERVIÇO DE XEROX OFERECIDO AOS MUNÍCIPES PELA PREFEITURA.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3456/3456_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3456/3456_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INTIME OS PROPRIETÁRIOS DOS LOTES SITUADOS UM AO LADO, E OUTRO EM FRENTE DO Nº 74 DA RUA BENEDITO GALERO, NO JARDIM SÃO MATHEUS. </t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3457/3457_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3457/3457_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UM TERRENO SITUADO NA ESQUINA DAS RUAS CAETANO CORREA DA SILVA E ELIAS RIBEIRO LOPES, NO JARDIM BANDEIRANTES</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3458/3458_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3458/3458_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA PISTA PARA CAMINHADAS, CICLOVIA E DEMAIS BENFEITORIAS, NO TRECHO COMPREENDIDO ENTRE A PONTE DA RUA ALFREDO MAIA E A PONTE DA RUA FRANCISCO CERETTA, NO BAIRRO DA BARRA FUNDA.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3459/3459_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3459/3459_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO NAS LATERAIS DA AVENIDA 27 DE MARÇO, PARTE AINDA NÃO PAVIMENTADA, E TAMBÉM, QUE SEJAM EFETUADOS SERVIÇOS DE REPARAÇÃO NA PISTA, ATRAVÉS DA MÁQUINA PATROL.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3460/3460_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3460/3460_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PONTO DE ÔNIBUS COM ABRIGO, NA RUA SOROCABA, EM FRENTE AO Nº 440, NO BAIRRO DOS PROTESTANTES.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3461/3461_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3461/3461_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PROBLEMA DO ESGOTO QUE CORRE A CÉU ABERTO NO FINAL DA RUA ORLANDO NIÉRI, NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”, </t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3462/3462_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3462/3462_texto_integral.doc</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DO TERRENO PÚBLICO LOCALIZADO NA RUA TEREZA PÉCORA PEDROSA NA VILA DOMINGUINHO</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3463/3463_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3463/3463_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERAR O ITINERÁRIO DA LINHA TERMINAL/CARREFOUR (BAIRRO VOSSOROCA), NO SENTIDO DE QUE OS COLETIVOS CIRCULEM TAMBÉM NO JARDIM MIRANTE DOS OVNIS, PELAS RUAS OSWALDO MEZADRI E ANTONIO MARINONI. </t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3477/3477_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3477/3477_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIE O DESENTUPIMENTO DA BOCA DE LOBO DA AVENIDA SANTOS DUMONT, EM FRENTE AO Nº 1150</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3478/3478_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3478/3478_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAR A RUA ANTONIO PALERMO NA VILA IRINEU, PARTE CARENTE.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3479/3479_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3479/3479_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UMA BOCA DE LOBO DA RUA ANTONIO ADADE, EM FRENTE AO Nº 150 NO JARDIM SÃO MATHEUS</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3480/3480_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3480/3480_texto_integral.doc</t>
   </si>
   <si>
     <t>REPARAÇÃO NO ASFALTO DA AVENIDA FILOMENA VASQUES, BAIRRO RIO ACIMA</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3481/3481_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3481/3481_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA BERTO PETROCELLI AO LADO DO Nº 135, DA VILA VERDE, PARA QUE O MESMO PROVIDENCIE A LIMPEZA DO LOCAL. </t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3482/3482_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3482/3482_texto_integral.doc</t>
   </si>
   <si>
     <t>NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA BRAZ JOSÉ ANHAIA AO LADO DO Nº 107, NO JARDIM TATIANA, PARA QUE O MESMO PROVIDENCIE A LIMPEZA DO LOCAL</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3483/3483_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3483/3483_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DA RESIDÊNCIA Nº 56 DA RUA ASSUMPTA CASSILO, ESQUINA COM A AVENIDA PHILOMENA VASQUES, NO BAIRRO DO RIO ACIMA, </t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3484/3484_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3484/3484_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA ANTONIETA CORREA DOS SANTOS, JARDIM PARAÍSO, SENTIDO BAIRRO-CENTRO (DESCIDA), </t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3504/3504_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3504/3504_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UMA “BOCA DE LOBO” EM FRENTE AO Nº 44 DA RUA HÉLIO FERNANDES DE MATOS, JARDIM PAULISTA</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3505/3505_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3505/3505_texto_integral.doc</t>
   </si>
   <si>
     <t>VISTORIA NA RUA ALAN KARDEC XAVIER DE PONTES Nº 231, NO JARDIM ARCHILLA QUE, SEGUNDO DENÚNCIA E RELATO DE MORADORES, NO REFERIDO ENDEREÇO HÁ UM DEPÓSITO DE SUCATAS A CÉU ABERTO, EXALANDO MAU CHEIRO E ACÚMULO DE ÁGUA DE CHUVA, COLOCANDO EM RISCO TODA A VIZINHANÇA, JÁ QUE PODERÁ SE TORNAR NUM FOCO DE DENGUE.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA COM RETIRADAS DE ENTULHOS, NUMA ÁREA DE PROPRIEDADE DA MUNICIPALIDADE, SITUADA NO FINAL DA RUA MARIA MADALENA SILVA BAEZA, NO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3507/3507_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3507/3507_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DESVIO DO TRÂNSITO DE VEÍCULOS, PRINCIPALMENTE DE CAMINHÕES, NA DESCIDA DA RUA FELIPE ARNAL, NA VILA GARCIA, PARA A RUA JOANA NAVARRO CASTILHO, EVITANDO COM A PROVIDÊNCIA O RISCO DE COLISÃO DE AUTOMÓVEIS COM RESIDÊNCIAS DA RUA HERMES JARRA SANCHES, QUE FICAM NA DIREÇÃO DA CITADA VIA. _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3508/3508_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3508/3508_texto_integral.doc</t>
   </si>
   <si>
     <t>URGÊNCIA, REPAROS E CONSERTOS NA RUA BERTO PETROCELLI, VILA VERDE VOTORANTIM.  POR ESTAR TODA DANIFICADA</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3509/3509_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3509/3509_texto_integral.doc</t>
   </si>
   <si>
     <t>URGÊNCIA, SERVIÇO DE LIMPEZA COM A MÁQUINA PATROL, NA ÁREA PÚBLICA LOCALIZADA NA RUA MARIA MODENEZE MODENA, VIELA AO LADO DO Nº 191 NO BAIRRO VOSSOROCA.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3510/3510_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3510/3510_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">URGÊNCIA, UM CAMINHÃO DE TERRA PARA PODER FAZER A CALÇADA NA RUA MARIA MODENEZE MODENA, Nº 191 NO VOSSOROCA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3511/3511_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3511/3511_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PONTOS DE ILUMINAÇÃO, EM FRENTE AO BLOCO 60 DO CONJUNTO HABITACIONAL “VEREADOR AUGUSTINHO CHRIGUER”, NO BAIRRO DA BARRA FUNDA, </t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3512/3512_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3512/3512_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PONTO DE ÔNIBUS NA RUA EMÍLIO TERCIANI, ENTRE OS NºS. 164 E 184, EM FRENTE AO UM TERRENO VAZIO, POIS OS MORADORES VÊM REIVINDICANDO ESSA PROVIDÊNCIA HÁ MUITOS ANOS</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3513/3513_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3513/3513_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA E ROÇAGEM DE UM TERRENO DE PROPRIEDADE DA MUNICIPALIDADE, LOCALIZADO NA RUA JORGE WINKLER, NO BAIRRO ITAPEVA, O QUAL ENCONTRA-SE MUITO SUJO, </t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3514/3514_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3514/3514_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DA CHÁCARA SÃO LUÍS, SITUADA NA RUA ANTONIO SCARPA PACHECO LEITE, NO JARDIM SÃO LUÍS, SOLICITANDO QUE O MESMO PROVIDENCIE A LIMPEZA DE SUA “CALÇADA” </t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3515/3515_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3515/3515_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUIR O ABRIGO PARA USUÁRIOS DE ÔNIBUS DA AVENIDA REVERENDO JOSÉ MANOEL DA CONCEIÇÃO, EM FRENTE À ANTIGA FÁBRICA DE TECIDOS METIDIERI, </t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3516/3516_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3516/3516_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NA PRAÇA LOCALIZADA NO JARDIM SERRANO II, NA RUA DÉCIO PEREIRA DE CAMARGO, PONTO FINAL DOS COLETIVOS</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3543/3543_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3543/3543_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPANTAR UMA UNIDADE BÁSICA DE SAÚDE NA VILA AMORIM, VISANDO ATENDER ÀS INÚMERAS SOLICITAÇÕES DE MORADORES. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3529/3529_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3529/3529_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NIVELAMENTO E, POSTERIORMENTE, A PAVIMENTAÇÃO DO ACESSO AO BLOCO DE APARTAMENTOS Nº 60, DO CONJUNTO HABITACIONAL “VEREADOR AUGUSTINHO CHRIGUER”._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3530/3530_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3530/3530_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAR UM ABRIGO PARA USUÁRIOS DE ÔNIBUS NA AVENIDA JAZIEL DE AZEREDO RIBEIRO, PRÓXIMO AO Nº 322, NA VILA GARCIA.  </t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3542/3542_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3542/3542_texto_integral.doc</t>
   </si>
   <si>
     <t>NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA MÁRIO SAVELLA, ALTURA DOS NºS 40 AO 100, NA VILA NOVA VOTORANTIM, PARA QUE PROVIDENCIE A LIMPEZA DO SEU IMÓVEL.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE CAMADA ASFÁLTICA NAS RUAS FRANCISCO CERETTA (PARTE REVESTIDA POR LAJOTAS) E LOPES CHAVES, NO BAIRRO DA BARRA FUNDA, </t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3532/3532_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3532/3532_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DAS TERRAS E MATOS QUE FICARAM AMONTOADOS NA ÁREA PÚBLICA, DEFRONTE AO “MERCADO BARATEIRO”, NA RUA ALIGUÉRI VETORAZZO, NA VILA GARCIA</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3533/3533_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3533/3533_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPA-BURACOS NA RUA ACHILLES LONGO, NO BAIRRO MONTE ALEGRE</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3545/3545_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3545/3545_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIAR A ESTA CASA DE LEIS, UM PROJETO DE LEI, INSTITUINDO O COMAD EM NOSSA CIDADE, EM SUBSTITUIÇÃO À LEI 1201 JÁ EXISTENTE - CONSELHO MUNICIPAL DE ENTORPECENTES, PORÉM, NA PRÁTICA</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3534/3534_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3534/3534_texto_integral.doc</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA-BURACOS NO CRUZAMENTO DAS RUAS ALIGUÉRI VETORAZZO E PEDRO CRAIS, NA VILA GARCIA.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Fernando, Márcio Queiroz</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3535/3535_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3535/3535_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUMENTAR O NÚMERO DE VAGAS RESERVADAS PARA O ESTACIONAMENTO DE VEÍCULOS DAS PESSOAS PORTADORAS DE DEFICIÊNCIA FÍSICA EM VÁRIOS PONTOS DA CIDADE. </t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3536/3536_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3536/3536_texto_integral.doc</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA JACQUES GONÇALVES, ALTURA DO Nº 431, NO JARDIM SERRANO II</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3537/3537_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3537/3537_texto_integral.doc</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NO INÍCIO DA RUA LEONARDO PACÍFICO MARUCCI, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3538/3538_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3538/3538_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR ILUMINAÇÃO PÚBLICA, EM FRENTE À UBS - UNIDADE BÁSICA DE SAÚDE DA VILA NOVA VOTORANTIM, NA AVENIDA PEDRO AUGUSTO RANGEL.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3544/3544_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3544/3544_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA CALÇADA DA E.E. “PROF. PEDRO AUGUSTO RANGEL FILHO”, LOCALIZADA NA RUA ORLANDO LATANCE, E EM OUTROS PONTOS DA AVENIDA PEDRO AUGUSTO RANGEL NA VILA NOVA VOTORANTIM, BEM COMO, LIMPEZA E ROÇAGEM DO TERRENO ATRÁS DA REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3539/3539_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3539/3539_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NO ASFALTO DA RUA MAURÍCIO FOMIA, ESQUINA COM A RUA CARLOS LUVISON, EM FRENTE À E.E. “PROF. DANIEL VERANO”, NO PARQUE BELA VISTA. </t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3540/3540_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3540/3540_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">COMPETENTE NOTIFIQUE O PROPRIETÁRIO DA ÁREA LOCALIZADA NA RUA ALBERTO GIL MIGUEL, ALTURA DO Nº 148, ESQUINA COM A AVENIDA SÃO JOÃO, PARA QUE PROVIDENCIE A LIMPEZA </t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3541/3541_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3541/3541_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E REVITALIZAÇÃO DA PRAÇA SITUADA ENTRE A RUA MERCEDES NARDI ARCURI E A AVENIDA JÚLIA MARTINS DOMINGUES, NO JARDIM CLARICE</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3560/3560_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3560/3560_texto_integral.doc</t>
   </si>
   <si>
     <t>CEDER UM TERRENO LOCALIZADO NA RUA JOAQUIM MARTINS DE OLIVEIRA, NO CONJUNTO HABITACIONAL “DR. ELIZEU RODRIGUES VIEIRA” (PARTE DE CIMA DO BLOCO 138 DE APARTAMENTOS), A PEDIDO DOS MORADORES, PARA UTILIZAÇÃO DO MESMO COMO ESTACIONAMENTO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3561/3561_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3561/3561_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM DOS CANTEIROS CENTRAIS E DA ROTATÓRIA DA AVENIDA PEDRO AUGUSTO RANGEL, NA VILA NOVA VOTORANTIM, POIS PELO FATO DE ESTAREM COBERTOS PELO MATO</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3562/3562_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3562/3562_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E A REVITALIZAÇÃO DA PRAÇA ANTONIO WALTER, NO CENTRO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3563/3563_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3563/3563_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAÇÃO VERTICAL E HORIZONTAL NA ROTATÓRIA DA AVENIDA PEDRO AUGUSTO RANGEL, BEM COMO DAS RUAS PRÓXIMAS, NA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3564/3564_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3564/3564_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA APOLINÁRIO MARQUES RODRIGUES, NO PARQUE JATAÍ, OU, NA IMPOSSIBILIDADE, QUE ESSE SERVIÇO SEJA FEITO PELO MENOS NA ALTURA DO Nº 60</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3565/3565_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3565/3565_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UM TERRENO PÚBLICO LOCALIZADO NO FINAL DA RUA EZEQUIEL DE ARRUDA MACHADO, NO BAIRRO VOSSOROCA, QUE SE ENCONTRA TOTALMENTE SUJO COM MATO E ÁGUA EMPOÇADA</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3566/3566_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3566/3566_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA ILERIONE CERETTA, AO LADO DO Nº 145, NO PARQUE BELA VISTA, CUJA CALÇADA, ALÉM DE ESTAR TOTALMENTE SUJA, VEM IMPEDINDO O TRÂNSITO DE PEDESTRES </t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3567/3567_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3567/3567_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DO ASFALTO NO CRUZAMENTO DAS RUAS ENÉAS DE CAMPOS E LINA PICCOLOTO DOS SANTOS, NA VILA NOVA VOTORANTIM._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3568/3568_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3568/3568_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DO TERRENO COM ASPECTO DE ABANDONO, DA RUA PAULO ROBERTO CORREA DA SILVA, PRÓXIMO AO Nº 110, NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”. </t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3569/3569_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3569/3569_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NOS BUEIROS EXISTENTES NO FINAL DA AVENIDA IZABEL FERREIRA COELHO, ESQUINA COM A AVENIDA VINTE E SETE DE MARÇ, E TAMBÉM NA RUA HORODANTES BARBA, NA VILA GARCIA, POIS ESTÃO ENTUPIDOS E EXALAM MAU CHEIRO</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3570/3570_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3570/3570_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DA ESTRADA PRÓXIMA À FÁBRICA DIXIE TOGA, QUE DÁ ACESSO À ESTRADA DO BAIRRO DOS MORROS, INSTALANDO NO LOCAL UMA PLACA COM OS DIZERES “PROIBIDO JOGAR LIXO E ENTULHO”._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3583/3583_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3583/3583_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUIR UMA GALERIA PARA ESCOAMENTO DE ÁGUAS PLUVIAIS, NA RUA JOSÉ MARTINS RODRIGUES, ESQUINA COM A RUA ACHILLES DE TOLEDO, NO JARDIM TOLEDO. </t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3584/3584_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3584/3584_texto_integral.doc</t>
   </si>
   <si>
     <t>MELHORAR AS CONDIÇÕES DO TRÂNSITO DE VEÍCULOS, TALVEZ COM UM REDUTOR DE VELOCIDADE, NA CONFLUÊNCIA DAS RUAS ÂNGELO BRUNO E PEDRO DE SOUZA CAMARGO, NO BAIRRO DO ITAPEVA</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3585/3585_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3585/3585_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SINALIZAÇÃO DE SOLO ATRAVÉS DE FAIXAS DE PEDESTRES E DE PLACAS INFORMATIVAS, EM FRENTE ÀS DUAS ESCOLAS MUNICIPAIS SITUADAS NA RUA ANÍSIO PEREIRA DO NASCIMENTO, NO JARDIM TATIANA,</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3586/3586_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3586/3586_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR SINALIZAÇÃO DE SOLO, TIPO OLHO-DE-GATO, NA ROTATÓRIA ENTRE AS RUAS ÂNGELA GUGONI RAMOS E JOÃO FELICIANI, NO JARDIM PARAÍSO.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3587/3587_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3587/3587_texto_integral.doc</t>
   </si>
   <si>
     <t>PODA DE ALGUMAS ÁRVORES, A PEDIDO DOS MORADORES DA VIELA ISALTINO CAETANO DOS SANTOS (ISALTINO VALIM), NO JARDIM PAULISTA</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3588/3588_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3588/3588_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM REDUTOR DE VELOCIDADE NA RUA CARMELINA GARCIA, SENTIDO VILA NOVA VOTORANTIM/VILA GARCIA, NO TÉRMINO DA ÚLTIMA INDÚSTRIA ALI EXISTENTE  EVITANDO ACIDENTES</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3589/3589_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3589/3589_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NA BOCA-DE-LOBO DA RUA ENÉAS DE CAMPOS, EM FRENTE AO Nº 251, NA VILA NOVA VOTORANTIM, POIS, SEGUNDO OS MORADORES, PELO FATO DA MESMA ESTAR DANIFICADA </t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3590/3590_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3590/3590_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUIR UMA PISTA DE CAMINHADA NA AVENIDA ANTONIO LOPES DOS SANTOS, NO TRECHO COMPREENDIDO DESDE A ESQUINA DA AVENIDA SANTOS DUMONT ATÉ O CRUZAMENTO COM AS AVENIDAS GISELE CONSTANTINO E ANTONIO CASTANHARO, NO PARQUE JATAÍ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3591/3591_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3591/3591_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA GALERIA DE ÁGUAS PLUVIAIS DA RUA PROF. JOSÉ DO CARMO MADUREIRA, BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3592/3592_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3592/3592_texto_integral.doc</t>
   </si>
   <si>
     <t>CAPINAÇÃO EM TODO O TERRENO DA RUA MARGARIDA DOS SANTOS GARCEZ, ESQUINA COM A RUA JOANA NAVARRO CASTILHO, VILA GARCIA</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3593/3593_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3593/3593_texto_integral.doc</t>
   </si>
   <si>
     <t>SUPERINTENDÊNCIA DO SAAE, SOLICITE DAQUELA AUTARQUIA A LIMPEZA DO ACÚMULO DE TERRAS COM O CAMINHÃO PIPA, NA ESQUINA DA RUA MIGUEL MICELLI E TAMBÉM NO CRUZAMENTO DAS RUAS ALIGUÉRI VETORAZZO E PEDRO CRAIS, POIS A SUJEIRA ESTÁ INCOMODANDO OS MORADORES.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3594/3594_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3594/3594_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NO ASFALTO DA RUA AGOSTINHO DEVITO, PRÓXIMO  AO Nº 255, VILA GARCIA. </t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3611/3611_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3611/3611_texto_integral.doc</t>
   </si>
   <si>
     <t>AUMENTAR O ALAMBRADO, BEM COMO PROVIDENCIAR A COBERTURA COM TELA DA QUADRA DE FUTEBOL, LOCALIZADA AO LADO DA EMEIEF “GERSON SOARES DE ARRUDA”, NO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3613/3613_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3613/3613_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA FEIRA LIVRE AO REDOR DA PRAÇA “JOSÉ ERMÍRIO DE MORAES”, NA VILA DOMINGUINHO, POIS OS MORADORES DAQUELA REGIÃO, QUE INCLUI TAMBÉM OS DA BARRA FUNDA, FORNAZARI E CHAVE, ALÉM DO PRÓPRIO DOMINGUINHO, PRINCIPALMENTE OS IDOSOS, ACHAM MUITO DIFÍCIL TER QUE SE LOCOMOVER A PÉ ATÉ A PRAÇA DE EVENTOS</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3615/3615_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3615/3615_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DA TERRA ACUMULADA NA CALÇADA DA RUA SARA VIEIRA DE CAMPOS NA VILA GARCIA, DEIXADA QUANDO FOI REALIZADA A LIMPEZA NAS LATERAIS DO BARRACÃO DE RECICLAGEM DO REFERIDO BAIRRO</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3617/3617_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3617/3617_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS E PINTURA DAS “LOMBADAS” DA AVENIDA PEDRO AUGUSTO RANGEL, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3619/3619_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3619/3619_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA LIXEIRA INSTALADA EM FRENTE À 1ª COMPANHIA DA POLÍCIA MILITAR, NA AVENIDA SANTO ANTONIO, BARRA FUNDA, (SENTIDO BAIRRO-CENTRO), POR OUTRA MAIOR.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3621/3621_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3621/3621_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO DA TRAVESSA SEM DENOMINAÇÃO ENTRE OS NºS 610 E 620, DA RUA JOAQUIM FOGAÇA, VILA DOMINGUINHO.  </t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3622/3622_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3622/3622_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE QUATRO “BOCAS DE LOBO” NA RUA VALENTIM METIDIERI, EM FRENTE AO Nº 45, NA VILA DOMINGUINHO.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3624/3624_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3624/3624_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA RUA VICENTE METIDIERI NA VILA DOMINGUINHO, POIS A MESMA SE ENCONTRA TOMADA POR MATO ALTO, E ISSO CONTRIBUI PARA A PROLIFERAÇÃO DE BICHOS PEÇONHENTOS, ALÉM DO MOSQUITO AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3625/3625_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3625/3625_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DO TERRENO PÚBLICO LOCALIZADO NA RUA LUIZ CARRARA, NO JARDIM FORTALEZA, E NOTIFIQUE TODOS OS PROPRIETÁRIOS QUE POSSUEM TERRENO NO REFERIDO LOTEAMENTO, PARA QUE TAMBÉM PROVIDENCIEM LIMPEZA</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3629/3629_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3629/3629_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA E REVITALIZAÇÃO DA ÁREA DE LAZER NA RUA JOAQUIM MARQUES, VILA ALDO DAMINI, POIS OS MUNÍCIPES QUEIXAM-SE DO MATO ALTO </t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3630/3630_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3630/3630_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CARÁTER DE URGÊNCIA, O CORTE DE UMA ÁRVORE EM FRENTE AO Nº 832, DA AVENIDA CRISTIANO VIEIRA PEDRICO, NO PARQUE SANTOS DUMONT. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3631/3631_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3631/3631_texto_integral.doc</t>
   </si>
   <si>
     <t>NOTIFIQUE O PROPRIETÁRIO DO TERRENO SITUADO NA AVENIDA REVERENDO JOSÉ MANOEL DA CONCEIÇÃO, ESQUINA COM A AVENIDA IRENO DA SILVA VENÂNCIO, NO BAIRRO DOS PROTESTANTES, PARA QUE PROVIDENCIE A LIMPEZA</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3632/3632_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3632/3632_texto_integral.doc</t>
   </si>
   <si>
     <t>NOVA PINTURA DA FAIXA DE PEDESTRES, EM FRENTE AO MINI TERMINAL DE ÔNIBUS DA AVENIDA VEREADOR NEWTON VIEIRA SOARES, PRÓXIMO  A CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3633/3633_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3633/3633_texto_integral.doc</t>
   </si>
   <si>
     <t>EFETUE CONTATO JUNTO AO GRUPO VOTORANTIM SOLICITANDO O REFERIDO SERVIÇO.  OS MUNÍCIPES RESIDENTES NAS PROXIMIDADES DA LINHA FÉRREA NOS PROCURARAM PARA SOLICITAR QUE SEJA FEITA UMA AMPLA LIMPEZA NA LINHA FÉRREA</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3634/3634_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3634/3634_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇOS DE REPAROS NO LEITO CARROÇÁVEL DA RUA LAUREANO GARCIA, BAIRRO SANTO ANTONIO II, POIS O MESMO SE ENCONTRA INTRANSITÁVEL, CHEIO DE BURACOS </t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3635/3635_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3635/3635_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NA AVENIDA 31 DE MARÇO, AO LADO DO Nº 535, CENTRO, PARA QUE PROVIDENCIE A LIMPEZA DO MESMO, BEM COMO, CONSERTO DA CALÇADA. </t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3636/3636_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3636/3636_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DE UMA ÁREA PÚBLICA PERTENCENTE AO CENTRO ESPORTIVO DA VILA GARCIA, LOCALIZADA NA RUA ALICE FERRARI, NA VILA GARCIA.  </t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3637/3637_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3637/3637_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DA RUA CATARINA MARIA DE JESUS, NO BAIRRO VOSSOROCA.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3653/3653_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3653/3653_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UMA ROTATÓRIA NO INÍCIO DA RUA JOAQUIM MARTINS DE OLIVEIRA, NO CONJUNTO HABITACIONAL  “DR. ELISEU RODRIGUES VIEIRA”, ATENDENDO, DESSA FORMA, AS REIVINDICAÇÕES DOS MORADORES</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3654/3654_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3654/3654_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">COBERTURA DA QUADRA ESPORTIVA DA E.E. “PROF. JOÃO FERREIRA DA SILVA”, DO BAIRRO DO ITAPEVA. </t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3655/3655_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3655/3655_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR ABRIGOS NOS PONTOS DE ÔNIBUS DO CONJUNTO HABITACIONAL “DR. ELISEU RODRIGUES VIEIRA”.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3656/3656_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3656/3656_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFICADO O PROPRIETÁRIO DO TERRENO LOCALIZADO NA AVENIDA IZABEL FERREIRA COELHO, Nº 772, VILA GARCIA, PARA QUE PROVIDENCIE A LIMPEZA DO MESMO QUE SE ENCONTRA TOMADO POR MATO ALTO. </t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3657/3657_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3657/3657_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFICADO O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA JOSÉ CARLOS DE CAMPOS, Nº 117, NA VILA VASQUES, PARA QUE PROVIDENCIE A LIMPEZA DO MESMO, QUE SE  ENCONTRA COM MATO ALTO </t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3658/3658_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3658/3658_texto_integral.doc</t>
   </si>
   <si>
     <t>SEJA NOTIFICADO O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA SARA VIEIRA DE CAMPOS, Nº 51, NA VILA GARCIA, PARA QUE PROVIDENCIE A LIMPEZA DO MESMO.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3659/3659_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3659/3659_texto_integral.doc</t>
   </si>
   <si>
     <t>TERRENO LOCALIZADO NA AVENIDA JAZIEL DE AZEREDO RIBEIRO, ESQUINA COM A RUA BENEDITO KRAFECIK, VILA GARCIA, SOLICITARAM A LIMPEZA DO MESMO QUE SE ENCONTRA EM ESTADO DE ABANDONO,  EFETUANDO  CONTATO JUNTO À DIREÇÃO DA CPFL, SOLICITANDO A REALIZAÇÃO DESSE SERVIÇO O MAIS BREVE POSSÍVEL</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3660/3660_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3660/3660_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAÇÃO DE CURSOS PROFISSIONALIZANTES NO BAIRRO FORNAZARI, PARA CAPACITAÇÃO DOS JOVENS DAQUELA LOCALIDADE.                                                                                                                                    </t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3661/3661_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3661/3661_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR PLACAS DE SINALIZAÇÃO NA ENTRADA DO RESIDENCIAL PARQUE SÃO JOÃO, POIS OS MORADORES RECLAMAM QUE A FALTA  DAS MESMAS ESTÁ CONFUNDINDO OS MOTORISTAS</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3662/3662_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3662/3662_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM NA ENTRADA DO RESIDENCIAL PARQUE SÃO JOÃO, POIS OS MORADORES VÊM RECLAMANDO QUE A REFERIDA ENTRADA ESTÁ COM MUITO MATO</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3673/3673_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3673/3673_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NO ASFALTO DA AVENIDA GISELE CONSTANTINO, QUE SE ENCONTRA ESBURACADA, FORÇANDO OS CONDUTORES A REALIZAR MANOBRAS PERIGOSAS </t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3674/3674_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3674/3674_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFIQUE O PROPRIETÁRIO DA RESIDÊNCIA DA RUA NARCISO TEIXEIRA Nº 22, NA VILA GARCIA, SOLICITANDO QUE PROVIDENCIE LIMPEZA DA CALÇADA </t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3675/3675_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3675/3675_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NO BURACO DO ASFALTO DA RUA AGOSTINHO DEVITO, ESQUINA DO POSTO DE SAÚDE DA VILA GARCIA. </t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3676/3676_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3676/3676_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MUROS NO ENTORNO DA EMEIEF “ANTONIO MARCIANO”,  PARQUE BELA VISTA, SUBSTITUINDO OS ALAMBRADOS EXISTENTES QUE NÃO PROPORCIONAM SEGURANÇA AOS ALUNOS E FUNCIONÁRIOS</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3677/3677_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3677/3677_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA AREIA, POR CONCRETO, NA QUADRA DA PRAÇA “MIGUEL BRASIL”, NO PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3678/3678_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3678/3678_texto_integral.doc</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE AUMENTAR O VALOR DO VALE-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3679/3679_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3679/3679_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR UM BENEFÍCIO AOS FUNCIONÁRIOS PÚBLICOS EFETIVOS, OU SEJA, UMA 9ª (NONA) PARTE,  ÀQUELES QUE COMPLETAREM 10 ANOS DE EFETIVO SERVIÇO, NOS MESMOS MOLDES DA 6ª (SEXTA) PARTE AO COMPLETAR 20 (VINTE) ANOS, COMO FORMA DE INCENTIVAR E PREMIAR OS  NOSSOS FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3680/3680_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3680/3680_texto_integral.doc</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA AVENIDA SANTO ANTONIO, NAS PROXIMIDADES DO CEMITÉRIO, POIS OS MORADORES RECLAMAM QUE OS VEÍCULOS QUE SE DIRIGEM OU RETORNAM DA REPRESA DE ITUPARARANGA, TRANSITAM EM ALTA VELOCIDADE NO LOCAL</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3681/3681_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3681/3681_texto_integral.doc</t>
   </si>
   <si>
     <t>A LIMPEZA E REPAROS NA BOCA-DE-LOBO NO FINAL DA RUA ANTONIO ORLANDO CAPITANI, VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3682/3682_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3682/3682_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA RAMPA PARA PESSOAS COM DEFICIÊNCIA, NA ESCOLA ESTADUAL “PROF. PEDRO AUGUSTO RANGEL FILHO”, NA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3683/3683_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3683/3683_texto_integral.doc</t>
   </si>
   <si>
     <t>DIREÇÃO CPFL  RETIRADA DE UM POSTE DA REDE ELÉTRICA QUE ESTÁ IMPLANTADO NO LEITO CARROÇÁVEL DA RUA HORODANTES BARBA, ESQUINA COM A AVENIDA 27 DE MARÇO, JARDIM ANA CLAUDIA</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3684/3684_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3684/3684_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAÇÃO NA AVENIDA GISELE CONSTANTINO, MAIS PRECISAMENTE NA CONFLUÊNCIA COM A AVENIDA ADOLPHO MASSÁGLIA FOI IMPLANTADA UMA DEPRESSÃO NO PAVIMENTO, MAS NENHUMA SINALIZAÇÃO FOI FEITA PARA ALERTAR OS MOTORISTAS</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3703/3703_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3703/3703_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E ILUMINAÇÃO A VIELA LOCALIZADA COM FRENTE PARA A RUA ANTONIO TROIANO, QUE LIGA AO PARQUE MORUMBI, EM FRENTE À IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3705/3705_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3705/3705_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAR A RUA JUVENAL DE CAMPOS, NO BAIRRO FORNAZARI, COM PAVIMENTO USINADO, A FRIO. _x000D_
 INDICO AINDA, QUE SEJA PROVIDENCIADA UMA AMPLA LIMPEZA NO CÓRREGO DO CUBATÃO, NAS PROXIMIDADES DA REFERIDA VIA PÚBLICA._x000D_
 </t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3707/3707_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3707/3707_texto_integral.doc</t>
   </si>
   <si>
     <t>NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA ANTONIA SCARPA PACHECO LEITE, AO LADO DA ESCOLA “ANTONIETA FERRARESE”, NO JARDIM SÃO LUÍS, PARA QUE PROVIDENCIE A LIMPEZA DO MESMO</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3711/3711_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3711/3711_texto_integral.doc</t>
   </si>
   <si>
     <t>PLANTIO DE GRAMA NO BARRANCO AO LADO DA “ESCOLA ANTONIETA FERRARESE”, NO JARDIM SÃO LUÍS, POIS A CADA CHUVA, ESTÁ OCORRENDO DESLIZAMENTO NO REFERIDO BARRANCO</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3712/3712_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3712/3712_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DO BUEIRO DA RUA SERVINA CARDOSO LUVISON, NA VILA GARCIA, PRÓXIMO À PISTA DE CAMINHADA.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3713/3713_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3713/3713_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA BERNARDINO DE CAMPOS (PARTE DOS FUNDOS), NA VILA DOMINGUINHO.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3714/3714_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3714/3714_texto_integral.doc</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINAÇÃO NO CANTEIRO CENTRAL DA AVENIDA EUGENIO BERNARDES, NO PARQUE BELA VISTA.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3715/3715_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3715/3715_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">OPERAÇÃO TAPA BURACOS NA RUA OLÍVIO CALIXTO QUEIROGA, NA VILA IRINEU, </t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3729/3729_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3729/3729_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DO CANTEIRO DA AVENIDA OCTAVIANO DE GÓES VIEIRA, NO PARQUE SÃO JOÃO, QUE ESTÁ COM O CANTEIRO TOMADO PELO MATO</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3730/3730_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3730/3730_texto_integral.doc</t>
   </si>
   <si>
     <t>DIREÇÃO DA CPFL, PARA, EM CARÁTER DE URGÊNCIA, PROVIDENCIAR A INSTALAÇÃO DE LUMINÁRIAS, EM ALGUNS POSTES DA RUA HORODANTES BARBA, JARDIM ANA CLÁUDIA</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3731/3731_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3731/3731_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR PRAÇA NO TERRENO DE PROPRIEDADE DA MUNICIPALIDADE, LOCALIZADO NA CONFLUÊNCIA DAS RUAS MARIA MODENEZE MODENA E EGINO TERCIANI, NO PARQUE BELA VISTA.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3732/3732_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3732/3732_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PONTO DE LUZ EM POSTE JÁ EXISTENTE NA RUA BERTO PETROCELLI Nº 195 NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3733/3733_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3733/3733_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">COBERTURA DA QUADRA ESPORTIVA DO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”, ANTIGO PROMORAR._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3734/3734_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3734/3734_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NA QUADRA POLIESPORTIVA DO BAIRRO DO VOTOCEL,  TAIS COMO: TROCA DE TRAVES, CONSERTO NA ILUMINAÇÃO QUE ESTÁ PRECÁRIA</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3735/3735_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3735/3735_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAR UM PROGRAMA ONDE O SAAE - SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO, POSSA VISITAR AS ESCOLAS MUNICIPAIS PARA ESCLARECER E ORIENTAR OS ALUNOS E SEUS PAIS SOBRE O SEU FUNCIONAMENTO TÉCNICO, A  IMPORTÂNCIA DE ECONOMIZAR ÁGUA </t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3736/3736_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3736/3736_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NA RUA LINA PICOLOTTO DOS SANTOS PRÓXIMO AO Nº 254, VILA NOVA VOTORANTIM, QUE SE ENCONTRA COM AFUNDAMENTO DE ASFALTO, PODENDO CAUSAR DANOS EM VEÍCULOS</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3737/3737_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3737/3737_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM DO TERRENO LOCALIZADO NA ESQUINA DA RUA ANÁLIA PEREIRA, JARDIM SÃO LUCAS.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3738/3738_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3738/3738_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM REDUTOR DE VELOCIDADE NA RUA IGNÊS MARIANO, NO PARQUE BELA VISTA, POIS OS VEÍCULOS QUE SE DIRIGEM  DA AVENIDA GISELE CONSTANTINO PASSANDO PELA CITADA RUA, ADENTRAM A RUA BENJAMIN ADAMI EM ALTA VELOCIDADE</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3739/3739_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3739/3739_texto_integral.doc</t>
   </si>
   <si>
     <t>PLACA DENOMINATIVA NA RUA LÁZARO RIBEIRO, JARDIM MARIA LÚCIA (VILA GARCIA), ESQUINA COM RUA JOÃO BATISTA MASCHETTO.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3742/3742_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3742/3742_texto_integral.doc</t>
   </si>
   <si>
     <t>CONFECÇÃO E A INSTALAÇÃO DE PLACAS DENOMINATIVAS NAS SEGUINTES RUAS DO PARQUE JATAÍ II:</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3743/3743_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3743/3743_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DA ESQUINA DAS RUAS MADALENA SILVA BAEZA E CARLOS ROBERTO MACHADO, NO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3744/3744_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3744/3744_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIE REPAROS NO ASFALTO DA AVENIDA OCTAVIANO DE GÓES VIEIRA, NO PARQUE SÃO JOÃO,</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3745/3745_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3745/3745_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA NO PASSEIO DA RODOVIA SP-79, SENTIDO PIEDADE-VOTORANTIM EM DIREÇÃO AO Nº 338 DA RUA LEVANTE SANTUCCI, CONFORME ILUSTRADO NA PLANTA EM ANEXO.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3746/3746_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3746/3746_texto_integral.doc</t>
   </si>
   <si>
     <t>OPERAÇÃO “TAPA BURACOS” NA RUA EMÍLIO TERCIANI, EM FRENTE AO Nº 380, NO PARQUE BELA VISTA, POIS TRATA-SE DE ITINERÁRIO DE ÔNIBUS</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3747/3747_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3747/3747_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA LÂMPADA QUEIMADA NO INÍCIO DO CANTEIRO DA AVENIDA OTÁVIO AUGUSTO RANGEL, BAIRRO DO CURTUME</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3748/3748_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3748/3748_texto_integral.doc</t>
   </si>
   <si>
     <t>A PEDIDO DOS MORADORES, A PODA PARCIAL DE ALGUMAS ÁRVORES DA RUA PROGRESSO GONÇALVES (PERTO DO SALÃO MEIRA) NO JARDIM KAROLINE.RETIRADO PARA MELHORES ESTUDOS</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3749/3749_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3749/3749_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR EM NOSSO MUNICÍPIO, O PROCESSO DE COLETA SELETIVA DE LIXO PARA RECICLAGEM.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3750/3750_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3750/3750_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE CONDIÇÃO SE ENCONTRA A CONSTRUÇÃO SITUADA NA RUA PROGRESSO GONÇALVES, ALTURA DO Nº 170, NO JARDIM KAROLINE, QUE, SEGUNDO OS MORADORES, ESTÁ ABANDONADA A ALGUM TEMPO, SERVINDO DE ABRIGO PARA INDIGENTES E CAUSANDO PREOCUPAÇÃO A TODOS</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3761/3761_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3761/3761_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NA ÁREA VERDE LOCALIZADA ENTRE AS RUAS CLÁUDIO PINTO NASCIMENTO E MANOEL RAMOS, NO JARDIM PARAÍSO, EM ATENÇÃO AOS PEDIDOS DOS MORADORES DAS PROXIMIDADES</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3762/3762_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3762/3762_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSFERÊNCIA DO PONTO DE ÔNIBUS SITUADO NA AVENIDA MATHEUS CONEGERO, EM FRENTE AO Nº 160, POIS O MESMO ESTÁ ATRAPALHANDO O ESTACIONAMENTO DE UM NOVO COMÉRCIO QUE SE INSTALARÁ EM BREVE NO LOCAL</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3763/3763_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3763/3763_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM CAMPO DE MALHA, NA ALTURA DO Nº 295 DA RUA JOSÉ MARTINS RODRIGUES, NO JARDIM TOLEDO.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3764/3764_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3764/3764_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NAS CALÇADAS DA AVENIDA CARLOS MARIANO DA SILVA, (PRÓXIMO AO CLUBE ATLÉTICO), </t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3765/3765_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3765/3765_texto_integral.doc</t>
   </si>
   <si>
     <t>OPERAÇÃO “TAPA BURACOS” NA RUA FLÁVIO SAMPAIO, EM FRENTE À EMEI “ROSA PEREIRA”, NO BAIRRO PROMORAR.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3781/3781_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3781/3781_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONFECÇÃO E A INSTALAÇÃO DE PLACAS DENOMINATIVAS NA RUA BENEDITO LÁZARO, NO JARDIM MARIA JOSÉ. </t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3782/3782_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3782/3782_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NAS ÁREAS PÚBLICAS SITUADAS NA CONFLUÊNCIA DAS RUAS BENEDITO LÁZARO, BENEDITO ISSE, ANTONIO ANTUNES MACIEL E ORLANDO BRASIL, NO JARDIM MARIA JOSÉ, PRINCIPALMENTE NAQUELA LOCALIZADA DEFRONTE AO Nº 90, DA RUA BENEDITO LÁZARO E EM FRENTE À CRECHE “FERNANDA ROSA BUENO”. </t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3783/3783_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3783/3783_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO, EM CADA ESCOLA MUNICIPAL, DE UM RECIPIENTE PARA COLETA DE PILHAS E BATERIAS USADAS, EVITANDO DESSA FORMA, QUE SEJAM JOGADAS EM QUALQUER LUGAR</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3784/3784_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3784/3784_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PASSARELA DE 4 METROS DE COMPRIMENTO POR 2 METROS DE LARGURA NO CANTEIRO CENTRAL DA AVENIDA EUGÊNIO BERNARDES, EM FRENTE AO Nº 494</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3785/3785_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3785/3785_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NO ASFALTO DA RUA ANTONIO MARINONI, PRÓXIMO AO Nº 233, NO JARDIM MIRANTE DOS ÓVNIS, ONDE OS MORADORES RECLAMAM DO GRANDE NÚMERO DE BURACOS </t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3786/3786_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3786/3786_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUIÇÃO DAS LÂMPADAS DO MINI-TERMINAL LOCALIZADO NA AVENIDA PEDRO AUGUSTO RANGEL, NA VILA NOVA VOTORANTIM. </t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3787/3787_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3787/3787_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DIREÇÃO DA CPFL, PARA, EM CARÁTER DE URGÊNCIA, PROVIDENCIAR A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA PARTE BAIXA DA AVENIDA ANTONIO CASTANHARO (TRECHO DE APROXIMADAMENTE 200 METROS PERTENCENTE AO PARQUE JATAÍ II), </t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3788/3788_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3788/3788_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO UMA GRADE DE CONTENÇÃO DE ÁGUAS PLUVIAIS DEFRONTE A CASA Nº 16, DA RUA MARIA DE LOURDES COSTA, NO JARDIM SERRANO II.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3796/3796_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3796/3796_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INTERDITAR COM TUBOS DE CONCRETO OU OUTROS MEIOS, UM TRECHO DE TERRA NO FINAL DA RUA VENÍZIA DOS SANTOS ALBERTONI NA VILA GARCIA, QUE DÁ ACESSO À AVENIDA PEDRO AUGUSTO RANGEL. </t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3797/3797_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3797/3797_texto_integral.doc</t>
   </si>
   <si>
     <t>TAPA-BURACOS NO FINAL DA RUA SANTINA MONCHATTE DE CAMARGO, NO CONJUNTO HABITACIONAL “MÁRIO AUGUSTO RIBEIRO”, NA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3798/3798_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3798/3798_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAÇÃO E PINTURA NO SOLO DO CRUZAMENTO DAS RUAS ENÉAS DE CAMPOS E ETELVINA DE OLIVEIRA, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3799/3799_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3799/3799_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAÇÃO NO SOLO DO CRUZAMENTO DAS RUAS CEZINA DE ALMEIDA E JOSÉ FERREIRA, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3804/3804_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3804/3804_texto_integral.doc</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NA RUA JOSÉ FERREIRA, NA VILA NOVA VOTORANTIM, POIS AS MESMAS ESTÃO ESBARRANDO NA REDE ELÉTRICA</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3805/3805_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3805/3805_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO TRECHO FINAL DA RUA HORTÊNCIA MACIEL DE CAMARGO, NO PARQUE MORUMBI</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3806/3806_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3806/3806_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DE ENTULHOS DEIXADOS EM FRENTE AO Nº 334 DA RUA ANTONIO DE CAMPOS FILHO, NA VILA DOMINGUINHO</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3807/3807_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3807/3807_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DO FINAL DA RUA JOÃO GUGONI, NO JARDIM ICATU, PRÓXIMO À ENTRADA DO COLÉGIO BELA ALVORADA</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3808/3808_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3808/3808_texto_integral.doc</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE UMA LIXEIRA EM FRENTE AO Nº 1137, NA AVENIDA 31 DE MARÇO, CENTRO DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3809/3809_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3809/3809_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO EM TODA A EXTENSÃO DA RUA IVANI DE QUEIRÓZ DOS SANTOS, NO PARQUE SANTA MÁRCIA</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3842/3842_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3842/3842_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SINALIZAÇÃO DAS GUIAS COM FAIXAS AMARELAS, NO FINAL DA RUA FRANCISCO COSTA, EM FRENTE À IGREJA DA VILA NOVA VOTORANTIM, PARA EVITAR QUE OS CARROS SEJAM ESTACIONADOS EM FRENTE À MESMA </t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3843/3843_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3843/3843_texto_integral.doc</t>
   </si>
   <si>
     <t>ABERTURA DA RUA PROJETADA SITUADA NA TRAVESSA DA RUA FRANCISCO VERDUGO, NO JARDIM SERRANO</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3844/3844_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3844/3844_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DE UMA ÁRVORE EM FRENTE AO Nº 62, DA RUA JOSÉ FRANCELINO DOS SANTOS, JARDIM SERRANO II._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3845/3845_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3845/3845_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DA PLACA DENOMINATIVA NA PRAÇA JOSÉ AMORIM, SITUADA NO CONJUNTO HABITACIONAL “VEREADOR AUGUSTINHO CHRIGUER”</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3846/3846_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3846/3846_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">RETIRADA DE TERRA DEIXADA EM FRENTE AO Nº 69 DA RUA JOSÉ FRANCELINO DOS SANTOS, JARDIM SERRANO II. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3847/3847_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3847/3847_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO DO CUBATÃO DESDE A PONTE DA RUA ALFREDO MAIA ATÉ A PONTE DA RUA FRANCISCO CERETTA, NO BAIRRO DA BARRA FUNDA; BEM COMO, TODO O SEU ENTORNO (PARTE EXTERNA QUE COMPREENDE O INÍCIO DA RUA LOPES CHAVES, A PARTE PARALELA DA AVENIDA MIGUEL SKIF E A RUA SOROCABA).</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3848/3848_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3848/3848_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONSERTO DA PLACA DE SINALIZAÇÃO LOCALIZADA NA AVENIDA TRINTA E UM  DE MARÇO, EM FRENTE À BIBLIOTECA MUNICIPAL DA CIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3849/3849_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3849/3849_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DE ENTULHOS, BEM COMO, LIMPEZA, CAPINAÇÃO E A PODA DAS ÁRVORES DA VIELA SITUADA ENTRE A PRAÇA DA BANDEIRA E O INÍCIO DA RUA SAVÓIA, NO BAIRRO DA CHAVE.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3868/3868_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3868/3868_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO, NUM BARRANCO PRÓXIMO AO Nº 1039 DA RUA LEOPOLDO FERREIRA, NA VILA DOMINGUINHO</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3869/3869_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3869/3869_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA VIELA AO LADO DO Nº 646 DA RUA ENRICO VIOLINO, INTERLIGANDO-A À RUA FRANCISCO LUCAS BONILHA, NO PARQUE BELA VISTA, PARA FACILITAR O ACESSO DOS MORADORES</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3870/3870_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3870/3870_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIE A MUDANÇA DE DIREÇÃO, IMPLANTANDO MÃO ÚNICA (SENTIDO SUBINDO A RUA ENRICO VIOLINO - INÊS MARIANO), POIS É GRANDE A RECLAMAÇÃO DE MORADORES E MOTORISTAS QUE UTILIZAM O REFERIDO TRAJETO, POIS AO DESCEREM EM SENTIDO CONTRÁRIO ADENTRAM A FAIXA NA CONTRA MÃO, CAUSANDO RISCO DE ACIDENTES E ATROPELAMENTOS</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3871/3871_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3871/3871_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PONTO DE LUZ EM FRENTE AO Nº 399 DA RUA GINA PONTES ROMERO, NO CONJUNTO HABITACIONAL DR. ELISEU RODRIGUES VIEIRA.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3872/3872_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3872/3872_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UM TERRENO DA MUNICIPALIDADE EM FRENTE AO Nº 359 DA RUA GINA PONTES ROMERO, NO CONJUNTO HABITACIONAL DR. ELISEU RODRIGUES VIEIRA</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3873/3873_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3873/3873_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE UM TERRENO SITUADO AO LADO DO Nº 148 DA RUA BENEDITO ISSE NO JARDIM MARIA JOSÉ</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3876/3876_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3876/3876_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM APARELHO TELEFÔNICO TIPO “ORELHÃO” NA ALTURA DO Nº 89 DA RUA JOSÉ SOARES, NO PARQUE MORUMBI</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3877/3877_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3877/3877_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPONIBILIZAR MÉDICOS ESPECIALISTAS EM ORTOPEDIA, 24 HORAS POR DIA NO P.A. - PRONTO-ATENDIMENTO "GUMERCINDO VIEIRA SOARES”, E QUE OS PACIENTES COM CASOS ESPECÍFICOS NÃO SEJAM OBRIGADOS A PASSAR POR CONSULTA COM CLÍNICO GERAL.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3878/3878_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3878/3878_texto_integral.doc</t>
   </si>
   <si>
     <t>ABASTECIMENTO DE ÁGUA NA RUA JOAQUIM MARTINS DE OLIVEIRA, NO CONJUNTO HABITACIONAL “DR. ELISEU RODRIGUES VIEIRA”, POIS HÁ MUITAS RECLAMAÇÕES DE QUE A PARTIR DO Nº 138 DA RUA CITADA, A ÁGUA CHEGA ÀS TORNEIRAS DAS CASAS PRATICAMENTE SEM PRESSÃO</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3879/3879_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3879/3879_texto_integral.doc</t>
   </si>
   <si>
     <t>PORQUÊ DO ACÚMULO DE ÁGUA NO BAIRRO DA CHAVE, PRINCIPALMENTE NA CONFLUÊNCIA DAS RUAS DOS CONSTITUCIONALISTAS E DR. HEITOR AVINO</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3880/3880_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3880/3880_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR GALERIAS NA ALTURA DO Nº 16, DA RUA MARIA DE LOURDES COSTA, ESQUINA COM A RUA JOÃO MARQUES, NO JARDIM SERRANO II</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3881/3881_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3881/3881_texto_integral.doc</t>
   </si>
   <si>
     <t>PODA DE UMA ÁRVORE EM FRENTE AO Nº 450 DA RUA ALEXANDRE TONCHE, NO JARDIM ARCHILLA</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3882/3882_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3882/3882_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA BOCA-DE-LOBO NA ALTURA DO Nº 1840, DA AVENIDA PEDRO AUGUSTO RANGEL, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3883/3883_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3883/3883_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA VIELA AO LADO DA EMEF “WALTER ROCHA DE CAMARGO”, SITUADA NA RUA ODETE GÓRI BICUDO, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3884/3884_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3884/3884_texto_integral.doc</t>
   </si>
   <si>
     <t>DIREÇÃO DA TELEFONICA S/A SOLICITANDO A INSTALAÇÃO DE UM APARELHO TELEFÔNICO TIPO “ORELHÃO” NA RUA DOMINGOS ARRUDA FERRAZ, ALTURA DO Nº 51, NO PARQUE JATAÍ (AO LADO DO PRÉDIO QUE ABRIGA A INCUBADORA</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3896/3896_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3896/3896_texto_integral.doc</t>
   </si>
   <si>
     <t>VISTORIA E LIMPEZA DA BOCA-DE-LOBO LOCALIZADA NA ESQUINA DAS RUAS SEBASTIÃO BENEDITO REIS COM A RUA ANTONIO CAETANO, PARQUE JATAÍ II.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3897/3897_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3897/3897_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PONTO DE ÔNIBUS NA RUA FRANCISCO CERETTA, BAIRRO DA BARRA FUNDA, PRÓXIMO À IGREJA PRESBITERIANA.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3898/3898_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3898/3898_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">RECAPEAMENTO NO ASFALTO EM FRENTE AOS NºS. 34 E 36 DA RUA DONIZETE APARECIDO CAMARGO NO PARQUE SÃO JOÃO </t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3899/3899_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3899/3899_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM SARJETÃO PARA ESCOAMENTO DE ÁGUA, NA RUA EMÍLIO NAZARETH MILONE, JARDIM MARIA JOSÉ</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3900/3900_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3900/3900_texto_integral.doc</t>
   </si>
   <si>
     <t>URGÊNCIA, A ABERTURA DE UM PORTÃO DE ACESSO NO JARDIM SÃO LUÍS, NO FINAL DA RUA VINÍCIUS DUARTE, PARA FACILITAR A PASSAGEM DOS MORADORES, PRINCIPALMENTE À PRAÇA DO BAIRRO</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3905/3905_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3905/3905_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM SARJETÃO DE CONCRETO PARA ESCOAMENTO DE ÁGUA, NA RUA HEITOR AVINO ALTURA DO Nº 88, NO BAIRRO DA CHAVE,.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3919/3919_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3919/3919_texto_integral.doc</t>
   </si>
   <si>
     <t>A PINTURA DE UMA FAIXA AMARELA E A INSTALAÇÃO DE UMA PLACA COM OS DIZERES: “PROIBIDO ESTACIONAR” NA RUA JOSÉ MEIRA, ESQUINA COM A RUA FRANCISCO VERLANGIERI, EM FRENTE A PISTA DE SKATE, NA VILA GALLI.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3923/3923_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3923/3923_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DA BOCA-DE-LOBO DA RUA AMÁLIA GALAN</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3924/3924_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3924/3924_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DO TERRENO LOCALIZADO NA RUA BERTO PETROCELLI, AO LADO DO Nº 135, NA VILA VERDE. </t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3925/3925_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3925/3925_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DAS BOCAS-DE-LOBO DA AVENIDA 27 DE MARÇO, NO JARDIM DAS COLINAS</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3939/3939_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3939/3939_texto_integral.doc</t>
   </si>
   <si>
     <t>CAPINAÇÃO E LIMPEZA DO TERRENO ONDE INICIOU-SE  A CONSTRUÇÃO DO CENTRO ESPORTIVO DO JARDIM MIRANTE DOS ÓVNIS  “AEDES AEGYPTI”.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3943/3943_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3943/3943_texto_integral.doc</t>
   </si>
   <si>
     <t>PODA E CORTE DE ÁRVORES DO TIPO “ESPINHEIRA”, NA ALTURA DO Nº 2800, DA ESTRADA DA VENTANIA</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3944/3944_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3944/3944_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA DE TERRAS E ENTULHOS DEPOSITADOS NUMA ÁREA DA MUNICIPALIDADE, EM FRENTE AO Nº 69, DA RUA DR. LAURO JOSÉ FOGAÇA, NA VILA IRINEU.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3945/3945_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3945/3945_texto_integral.doc</t>
   </si>
   <si>
     <t>PODA DE UMA ÁRVORE EM FRENTE AO Nº 312, DA RUA MANOEL RAMOS, NO JARDIM PARAÍSO</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3946/3946_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3946/3946_texto_integral.doc</t>
   </si>
   <si>
     <t>CAPINAÇÃO E LIMPEZA, EM TODA EXTENSÃO DO PASSEIO PÚBLICO DA RUA JESUS RODRIGUES, MAS, PRINCIPALMENTE NO TRECHO COMPREENDIDO ENTRE A RUA ANTÔNIO CAETANO E AVENIDA ANTONIO LOPES DOS SANTOS. INDICO AINDA QUE SEJA FEITA UMA AMPLA LIMPEZA NA ÁREA VERDE LOCALIZADA AO LADO DA REFERIDA RUA, NO PARQUE JATAÍ II E, SE NECESSÁRIO FOR, QUE SEJA ACIONADO O SERVIÇO DE ZOONOSES</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3960/3960_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3960/3960_texto_integral.doc</t>
   </si>
   <si>
     <t>“TAPA BURACOS” NO INÍCIO DA RUA OLÍMPIA FURTADO BRUNO, BAIRRO ITAPEVA.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3961/3961_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3961/3961_texto_integral.doc</t>
   </si>
   <si>
     <t>PINTURA DE UMA FAIXA DE PEDESTRE, EM FRENTE A CRECHE ODAIR CAU, NA VILA GARCIA.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3968/3968_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3968/3968_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO PISO DA VIELA QUE LIGA A RUA EGINO TERCIANI, ALTURA DO Nº 125, COM A RUA MARIA MODENEZE MODENA, NO PARQUE BELA VISTA.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3969/3969_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3969/3969_texto_integral.doc</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA VIELA LOCALIZADA EM FRENTE AO Nº 125, DA RUA EGINO TERCIANI, NO PARQUE BELA VISTA, OU SEJA, SUBSTITUINDO AS LÂMPADAS QUEIMADAS.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3970/3970_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3970/3970_texto_integral.doc</t>
   </si>
   <si>
     <t>SECRETARIA DE OBRAS E URBANISMO, SEJA FEITO UM LEVANTAMENTO DOS PROBLEMAS EXISTENTES NO MINI TERMINAL RODOVIÁRIO EM QUESTÃO, CAUSADOS PELA FALTA DE CONSERVAÇÃO, E, O MAIS BREVE POSSÍVEL, QUE SEJA PROVIDENCIADO UMA REFORMA NO LOCAL.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3991/3991_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3991/3991_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO NA ÁREA DO CENTRO DE SAÚDE DA VILA GARCIA QUE ESTÁ TOMADA PELO MATO; POIS TRATA-SE DE LOCAL ONDE REGISTRA-SE DIARIAMENTE GRANDE MOVIMENTAÇÃO DE PESSOAS, E TAMBÉM PELO FATO DE O MESMO LOCALIZAR-SE AO LADO DA EMEI “RAFHAELA RÉSIO CAU”.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3992/3992_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3992/3992_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINAÇÃO NUMA ÁREA PÚBLICA, AO LADO DA VIELA LOCALIZADA NA LATERAL DA E.E. “PROFª ANTONIETA FERRARESE”, NO JARDIM SÃO LUIZ, QUE SE ENCONTRA TOMADA PELO MATO. A NOSSA PREOCUPAÇÃO É QUE ALGUM BICHO PEÇONHENTO INVADA A ESCOLA E CAUSE ALGUM DANO AOS ALUNOS E OUTROS.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3993/3993_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3993/3993_texto_integral.doc</t>
   </si>
   <si>
     <t>.URGÊNCIA, LIMPEZA E CAPINAÇÃO NO PÁTIO DA EMEI “RAFHAELA RÉSIO CAU” NA VILA GARCIA, QUE ESTÁ COMPLETAMENTE COBERTO PELO MATO, COLOCANDO EM RISCO A INTEGRIDADE FÍSICA, PRINCIPALMENTE DAS CRIANÇAS QUE FREQÜENTAM AQUELA ESCOLA. ALÉM DISSO, O MATO ESTÁ IMPOSSIBILITANDO QUE AS MESMAS POSSAM BRINCAR NO PÁTIO.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3994/3994_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3994/3994_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA AREIA NO “TANQUE DE AREIA” DA CRECHE “ODAIR CAU” NA VILA GARCIA, POIS A ATUAL ENCONTRA-SE VELHA E SUJA, O QUE PODERÁ TRAZER PROBLEMAS DE SAÚDE ÀS CRIANÇAS QUE LÁ BRINCAM.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3997/3997_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3997/3997_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUIR, O MAIS BREVE POSSÍVEL, UMA PISTA DE SKATE ENTRE A RUA ALIGUÉRI VETORAZZO, AVENIDA IZABEL FERREIRA COELHO E RUA PEDRO CRAIS, NA VILA GARCIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3995/3995_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3995/3995_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDENCIE A RETIRADA DE ENTULHOS DEIXADOS EM FRENTE À RESIDÊNCIA DE Nº 165 DA RUA CARLOS OTHÍNIO GALLO, BAIRRO DO VOSSOROCA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3996/3996_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3996/3996_texto_integral.doc</t>
   </si>
   <si>
     <t>MAQUINÁRIO APROPRIADO, NIVELE A PASSAGEM QUE LIGA A VILA GARCIA (ATRAVÉS DA AVENIDA JAZIEL RIBEIRO) À VILA SABIÁ (BAIRRO DE SOROCABA), POIS A MESMA SE ENCONTRA TOMADA POR BURACOS.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4013/4013_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4013/4013_texto_integral.doc</t>
   </si>
   <si>
     <t>VERIFIQUE O PORQUÊ DO APARECIMENTO DE UM GRANDE NÚMERO DE POMBAS, NO JARDIM ARCHILLA, E APÓS A VERIFICAÇÃO, SOLICITAMOS QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4014/4014_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4014/4014_texto_integral.doc</t>
   </si>
   <si>
     <t>LIBERAR PARA ESTACIONAMENTO DE VEÍCULOS A RUA ALBERTINA NASCIMENTO, CENTRO, AOS DOMINGOS DAS 18 ÀS 22 HORAS.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4015/4015_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4015/4015_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE PLACA DENOMINATIVA NA “VIELA ANTONIO AUGUSTO RANGEL”, NO BAIRRO DOMINGUINHO, CUJA LEI DE Nº 1997 DE 24/10/08 FOI PUBLICADA NO DIA 26 DE OUTUBRO DE 2008, NO JORNAL OFICIAL DO MUNICÍPIO </t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4016/4016_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4016/4016_texto_integral.doc</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA-BURACOS NAS RUAS EFRAIN DA SILVEIRA, PEDRO CRAIS, ALICE FERRARI, VENÍZIA DOS SANTOS ALBERTONI E AVENIDA JAZIEL DE AZEREDO RIBEIRO, NA VILA GARCIA.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4017/4017_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4017/4017_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE SOLO E PLACAS EM TODA EXTENSÃO DA RUA WALDOMIRO DOS SANTOS, NA VILA NOVA VOTORANTIM.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4018/4018_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4018/4018_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DEPARTAMENTO DE TRÂNSITO, REALIZAR ESTUDOS SOBRE “OBSTÁCULO” PARA IMPLANTAR NAS SARJETAS DAS VIAS PÚBLICAS, ENTRE AS “LOMBADAS” E O MEIO-FIO DAS CALÇADAS, </t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4035/4035_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4035/4035_texto_integral.doc</t>
   </si>
   <si>
     <t>PASSAR A MÁQUINA PATROL E A CAPINAÇÃO NO PASSEIO PÚBLICO, NO FINAL DA RUA ANÉZIA RAMOS, NO JARDIM ICATU.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Labrego</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4038/4038_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4038/4038_texto_integral.doc</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE TODA A EXTENSÃO DO ASFALTO NA RUA JULIETA DOMINGUES SANTUCCI (ANTIGA RUA 12), NO JARDIM TATIANA.   RETIRADO</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4039/4039_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4039/4039_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM CENTRO DE EDUCAÇÃO INFANTIL - C.E.I, NA PROXIMIDADE DA EMEF “PROF. ABIMAEL CARLOS DE CAMPOS”, TENDO EM VISTA OS CONSTANTES PEDIDOS DOS MORADORES VILA DOMINGUINHO E PARTES BAIXA DO RIO ACIMA.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4040/4040_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4040/4040_texto_integral.doc</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA CALÇADA, AO REDOR DO CERMAG - CENTRO ESPORTIVO “ALDOVIR GORI”, NO BAIRRO RIO ACIMA.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3645/3645_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3645/3645_texto_integral.doc</t>
   </si>
   <si>
     <t>APELO AOS PRESIDENTES DA CÂMARA DOS DEPUTADOS E SENADO FEDERAL, BEM COMO AOS LÍDERES DE PARTIDOS COM ASSENTOS NESSAS CASAS E AOS SENADORES E DEPUTADOS FEDERAIS ELEITOS PELO ESTADO DE SÃO PAULO, PARA QUE VIABILIZEM A DERRUBADA DO VETO AO PLC Nº 06/2002</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3417/3417_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3417/3417_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE MÉRITO COMUNITÁRIO “HERBERT DE SOUZA” AO SENHOR DERCIO MACIEL CAMARGO.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3418/3418_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3418/3418_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE MÉRITO COMUNITÁRIO “HERBERT DE SOUZA” À SRA. JANE GONÇALVES SKIF .</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3558/3558_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3558/3558_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DO PARECER DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, REFERENTE ÀS CONTAS DA PREFEITURA MUNICIPAL DE VOTORANTIM, EXERCÍCIO DE 2.005.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3768/3768_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3768/3768_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DO TITULO DE "CIDADÃO VOTORANTINENSE"  SENHOR WILSON PEREIRA DE SABOYA</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3810/3810_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3810/3810_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃO VOTORANTINENSE” AO SENHOR ORLANDO MIMOSO MARTINS.</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3851/3851_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3851/3851_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” A PROFª. LUCILENA FERRAZ NETO.</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3852/3852_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3852/3852_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO PASTOR BERNARDINO NUNES.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3853/3853_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3853/3853_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” AO SENHOR JOMAR TELES PROCÓPIO.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>Tomaizinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3854/3854_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3854/3854_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE MÉRITO COMUNITÁRIO “HERBERT DE SOUZA” A SRA. DULCE CRISPIM CANHETE DUTRA.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3855/3855_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3855/3855_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “HONRA AO MÉRITO” A SENHORA HERMÍNIA APARECIDA RAMOS DE MEIRA.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3966/3966_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3966/3966_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE “CIDADÃ VOTORANTINENSE” A PROFª LUCILENE PINHO AGUILLAR BALLIS.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3972/3972_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3972/3972_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE MÉRITO COMUNITÁRIO “HERBERT DE SOUZA” A SENHORA MARIA DE LOURDES CARDOSO MOTA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4007/4007_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4007/4007_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE HONRA AO MÉRITO AO SENHOR WLADIMIR WALDIR VIEIRA PINTO “MIRANDINHA”</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Projeto de Emenda à LOM</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3811/3811_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3811/3811_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O “CAPUT” DO ART. 130, DA LEI ORGÂNICA DO MUNICÍPIO DE VOTORANTIM.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3172/01_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3172/01_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DISPENSAR A EXECUÇÃO JUDICIAL DE DETERMINADOS DÉBITOS INSCRITOS EM DIVIDA ATIVA, NA FORMA QUE MENCIONA.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3173/02_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3173/02_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO 2 DA LEI Nº 1808, DE 12 DE MAIO DE 2005. CRIA CARGOS NOS TERMOS DO ARTIGO 5º DA REFERIDA LEI.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3174/3174_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3174/3174_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A PROMOVER TRANSFERÊNCIA DE RECURSOS FINANCEIROS DO SAAE À PREFEITURA, NA FORMA QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3419/04_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3419/04_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CONCEDER A REGULARIZAÇÃO DE OBRAS E DESDOBRO DE LOTES URBANOS IRREGULARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3420/05_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3420/05_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL CENTRO COMUNITÁRIO “JOÃO JACINTO VIEIRA”.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3421/06_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3421/06_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE VOTORANTIM A  RECEBER, MEDIANTE   REPASSE EFETUADO  PELO  GOVERNO  DO  ESTADO  DE  SÃO PAULO, RECURSOS FINANCEIROS A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3454/07_2008_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3454/07_2008_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL “PRAÇA LOURENÇO FRANCISCO”</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3485/08_2008_-_fernando_de_oliveira_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3485/08_2008_-_fernando_de_oliveira_souza.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO AMIGOS DOS ANIMAIS DE VOTORANTIM”.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3486/09_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3486/09_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DE VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE VOTORANTIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3502/10_2008_-_mesa_diretora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3502/10_2008_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>FIXA A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO DE VOTORANTIM.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3503/11_2008_-_orlando_herrera_dias.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3503/11_2008_-_orlando_herrera_dias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE COBERTURA DE LOCAIS PÚBLICOS OU PRIVADOS ONDE FICAM DEPOSITADOS OU ESTACIONADOS VEÍCULOS E MOTOCICLETAS APREENDIDOS EM VIRTUDE DE LEI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3556/12_2008-lazaro_alberto_de_almeida.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3556/12_2008-lazaro_alberto_de_almeida.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI Nº 681, DE 06 DE OUTUBRO DE 1988, NA FORMA QUE MENCIONA.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3557/13_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3557/13_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI 1244 DE 17 DE DEZEMBRO DE 1996 E DÁ OUTRAS PROVIDÊNCIAS, EM ATENDIMENTO AO DISPOSTO NAS LEIS FEDERAIS 9.717/98 E 10.887/04 E LEI MUNICIPAL 1.830/05, ARTIGO 86, § 2º.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3608/14_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3608/14_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3627/15_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3627/15_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE UM GRAU AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, PELA CONCLUSÃO DE CURSO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3652/16_2008-marcio_aparecido_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3652/16_2008-marcio_aparecido_de_queiroz.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O “CENTRO DE INICIAÇÃO MUSICAL DE VOTORANTIM”.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3697/17_2008-mesa_diretora.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3697/17_2008-mesa_diretora.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE VOTORANTIM PARA A LEGISLATURA 2009/2012.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3741/18_2008-prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3741/18_2008-prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DO CAPITAL SOCIAL DA COMPANHIA MUNICIPAL DE HABITAÇÃO POPULAR DE VOTORANTIM – COHAP, MEDIANTE SUBSCRIÇÃO PELA PREFEITURA, ATRAVÉS DA INCORPORAÇÃO AO MESMO DE BENS IMÓVEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3757/19_2008_-_lazaro_alberto_de_almeida.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3757/19_2008_-_lazaro_alberto_de_almeida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA “RUA JORDINA QUEIROZ LEME”</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3758/20_2008_-_fernando_de_oliveira_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3758/20_2008_-_fernando_de_oliveira_souza.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO REMANESCENTE QUILOMBOS JOSÉ JOAQUIM DE CAMARGO DO MUNICÍPIO DE VOTORANTIM”.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3759/21_2008-prefeito_munical.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3759/21_2008-prefeito_munical.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO E AUTORIZA A ALIENAÇÃO DO IMÓVEL QUE MENCIONA À FAZENDA DO ESTADO DE SÃO PAULO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3766/22_2008-tomaz_mobile_neto.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3766/22_2008-tomaz_mobile_neto.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO DESPORTIVA E CULTURAL VOTORANTINENSE DE BICICROSS - ADCVB”.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3767/23_2008-fernando_de_oliveira_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3767/23_2008-fernando_de_oliveira_souza.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO BENEFICENTE DOS AMIGOS DO RECANTO RENASCER”.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3812/24_2008-antonio_dos_santos.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3812/24_2008-antonio_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL (PRAÇA JOSÉ SILVA DE OLIVEIRA - “PARRIBA)”.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3813/25_2008-pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3813/25_2008-pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA ORLANDO BALBO)</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3814/26_2008-pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3814/26_2008-pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA “RUA JANETE PEREIRA COSTA MACHADO”.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3815/27_2008-joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3815/27_2008-joao_cau.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA JORGE BATISTA DA CRUZ)</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3816/28_2008-lazaro_alberto_de_almeida.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3816/28_2008-lazaro_alberto_de_almeida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA ELIAZAR LEMES)</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3825/29_2008-pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3825/29_2008-pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA CARLOS DE OLIVEIRA)</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3826/30_2008-pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3826/30_2008-pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (AVENIDA JOSÉ MUNHOZ)</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3827/31_2008_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3827/31_2008_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA OSWALDO BELARMINO FERNANDES)</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3828/32_2008_-_alvaro_jose_latance.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3828/32_2008_-_alvaro_jose_latance.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA ANTONIO PALMEIRA)</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3829/33_2008_-_antonio_dos_santos.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3829/33_2008_-_antonio_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA BENEDITO CAETANO)</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3830/34_2008_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3830/34_2008_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA JOÃO VANDERLEI DE OLIVEIRA)</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3831/35_2008_-_joao_cau.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3831/35_2008_-_joao_cau.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA MIGUEL CASSOLA)</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3832/36_2008_-_marcio_aparecido_de_queiroz.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3832/36_2008_-_marcio_aparecido_de_queiroz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA FRANCISCO CHARLES ALMEIDA FURTADO</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3833/37_2008_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3833/37_2008_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA JOÃO BATISTA CORRÊA DE OLIVEIRA)</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3834/38_2008_-_fernando_de_oliveira_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3834/38_2008_-_fernando_de_oliveira_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA ROSICLER CESÁRIO DA SILVA)</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3835/39_2008_-_fernando_de_oliveira_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3835/39_2008_-_fernando_de_oliveira_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA PRIMO ROMANO CALDINI)</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3836/40_2008_-_tomaz_mobile_neto.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3836/40_2008_-_tomaz_mobile_neto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA ABIGAIL PAULINO DOS SANTOS)</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3837/41_2008-tomaz_mobile_neto.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3837/41_2008-tomaz_mobile_neto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA APARECIDO MÓBILE)</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3838/42_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3838/42_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA PÚBLICA NA FORMA QUE MENCIONA.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3839/43_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3839/43_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3840/44_2008-prefeito_municipla.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3840/44_2008-prefeito_municipla.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 1.907 DE 10 DE OUTUBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3850/45_2008_-_fernando_de_oliveira_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3850/45_2008_-_fernando_de_oliveira_souza.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE DENOMINAÇÃO DE VIA PÚBLICA  VIELA ANTONIO AUGUSTO RANGEL</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3894/46_2008_-_tomaz_mobile_neto.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3894/46_2008_-_tomaz_mobile_neto.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A FAJAPC - FUNDAÇÃO DE APOIO AO JOVEM E ADOLESCENTE “PROJETO CRESCER”.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3906/47_2008_-_antonio_dos_santos.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3906/47_2008_-_antonio_dos_santos.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE PRÓPRIO MUNICIPAL_x000D_
 UNIDADE BÁSICA DE SAÚDE   MARIA DE JESUS MACHADO</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3907/48_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3907/48_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA “MARIA ANTONIA DE OLIVEIRA MENDES”).</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3908/49_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3908/49_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA “CLEIDE FERREIRA DE CAMARGO MENDES”).</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3911/50_2008_-_antonio_dos_santos.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3911/50_2008_-_antonio_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PROPRIO MUNICIPAL PRAÇA WALTER BLANCO BUESO</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3920/51_2008-pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3920/51_2008-pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA MARIA DE LOURDES FURQUIM PEREIRA)</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3921/52_2008-marcelo_de_souza.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3921/52_2008-marcelo_de_souza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA FRANCISCO DA SILVA FRANCO)</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3922/53_2008-alvaro_jose_latance.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3922/53_2008-alvaro_jose_latance.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL (PRAÇA TERESA TOLEDO DE CAMARGO)</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3927/54_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3927/54_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE VOTORANTIM PARA O EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3928/55_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3928/55_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO NA LEI 1915, DE 29 DE DEZEMBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3951/56_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3951/56_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DE CONVÊNIO COM A FUNDAÇÃO PROCON, DESTINADO AO ESTABELECIMENTO DE PROGRAMA MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR, PARA CUMPRIMENTO DAS DISPOSIÇÕES DO CÓDIGO DE DEFESA DO CONSUMIDOR E DEMAIS NORMAS DA POLÍTICA NACIONAL DAS RELAÇÕES DE CONSUMO.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3958/57_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3958/57_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA JOÃO FERRAZ DE OLIVEIRA)._x000D_
 VETADO COM APROVAÇÃO DO PLENÁRIO EM 02/03/09</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3959/58_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3959/58_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3976/3976_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3976/3976_texto_integral.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A PREFEITURA DO MUNICÍPIO DE VOTORANTIM CELEBRAR CONVÊNIO COM O DEPARTAMENTO DE ÁGUAS E ENERGIA ELÉTRICA – D.A.E.E., ÓRGÃO VINCULADO À SECRETARIA DE SANEAMENTO E ENERGIA DO ESTADO DE SÃO PAULO”.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3977/60_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3977/60_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>]ALTERA A REDAÇÃO DA LEI Nº 1230 DE 13 DE NOVEMBRO DE 1996, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3988/61_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3988/61_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA AUTORIZAÇÃO DE DESMEMBRAMENTO PREVISTO NA LEI Nº 1233 DE 22 DE NOVEMBRO DE 1996 E LEI 1907 DE 10 DE OUTUBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3985/62_2008_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3985/62_2008_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 1379, DE 15 DE MARÇO DE 1999; DESCRIÇÃO E DENOMINAÇÃO DE VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3986/63_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3986/63_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESENVOLVER AÇÕES E APORTE DE CONTRAPARTIDA MUNICIPAL PARA IMPLEMENTAR O PROGRAMA CARTA DE CRÉDITO – RECURSOS FGTS NA MODALIDADE PRODUÇÃO DE UNIDADES HABITACIONAIS, OPERAÇÕES COLETIVAS, REGULAMENTADO PELA RESOLUÇÃO DO CONSELHO CURADOR DO FGTS, Nº 291/98 COM AS ALTERAÇÕES DA RESOLUÇÃO Nº 460/2004, DE 14/12/04, PUBLICADA NO D.O.U. EM 20/12/04 E INSTRUÇÕES NORMATIVAS DO MINISTÉRIO DAS CIDADES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3987/64_2008_-_antnio_dos_santos.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3987/64_2008_-_antnio_dos_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL  COMPLEXO ADMINISTRATIVO "MESSIAS SKIF".</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3998/65_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3998/65_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FISCAIS À EMPRESA BANDEIRAS ADMINISTRAÇÃO DE BENS LTDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4001/66_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4001/66_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA DR. ROBERTO FERNANDES)_x000D_
 VETADO COM APROVAÇÃO DO PLENÁRIO EM 02/03/09</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4002/67_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4002/67_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (AVENIDA “ROGÉRIO CASSOLA”).</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4012/68_2008_-_alvaro_jose_latance.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4012/68_2008_-_alvaro_jose_latance.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA EDNÉIA DE CAMPOS FERREIRA).</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4030/69_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4030/69_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4031/70_2008_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4031/70_2008_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA CARLOS EDUARDO DE BRITO).</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4032/71_2008_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4032/71_2008_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA MARIA BENEDITA VILASBÔAS ALBERGONI).</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4033/72_2008_-_prefeito_municipal.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4033/72_2008_-_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>QUE ALTERA A LEI COMPLEMENTAR Nº 1602, DE 13 DE DEZEMBRO DE 2001, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4034/73_2008_-_pedro_nunes_filho.pdf</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4034/73_2008_-_pedro_nunes_filho.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA (RUA VEREADOR GEORGINO MARQUES DIAS).</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3487/3487_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3487/3487_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REAJUSTE DE VENCIMENTOS DOS FUNCIONÁRIOS PÚBLICOS DA CÂMARA MUNICIPAL DE VOTORANTIM E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3488/3488_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3488/3488_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE VOTORANTIM. </t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3651/3651_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3651/3651_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE UM GRAU AOS FUNCIONÁRIOS PÚBLICOS DA CÂMARA MUNICIPAL, PELA CONCLUSÃO DE CURSO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3696/3696_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3696/3696_texto_integral.doc</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE VOTORANTIM PARA A LEGISLATURA 2009/2012.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3967/3967_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3967/3967_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONFECÇÃO DO QUADRO DOS VEREADORES DA CÂMARA MUNICIPAL, COMPONENTES DA 10ª LEGISLATURA.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3990/3990_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3990/3990_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ESTÁGIO DE ESTUDANTES NA CÂMARA MUNICIPAL DE VOTORANTIM.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3178/3178_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3178/3178_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE ESTÁ PRONTO O PROJETO DE PAVIMENTAÇÃO DA RUA ALFREDO MAIA, BARRA FUNDA, ATÉ A ENTRADA DO HOSPITAL SANTO ANTONIO</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3179/3179_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3179/3179_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE É VERDADEIRA A INFORMAÇÃO DE QUE ESTÁ SENDO ELABORADO UM PROJETO PARA A IMPLANTAÇÃO DE ILUMINAÇÃO E PAVIMENTAÇÃO DA ANTIGA ESTRADA DO LAGEADO</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3180/3180_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3180/3180_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE HÁ POSSIBILIDADE DE CONSTRUIR UMA ÁREA DE LAZER COM PISTA DE CAMINHADA E PLAYGROUND NO CONJUNTO HABITACIONAL DR. ELISEU RODRIGUES VIEIRA</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3181/3181_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3181/3181_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUESTIONA SOBRE A POSSIBILIDADE DOS ÓRGÃOS PÚBLICOS DE VOTORANTIM VOLTAREM A DESTINAR UMA VERBA PARA A ONG SARE_x000D_
 </t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3182/3182_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3182/3182_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA QUAIS AS PROVIDÊNCIAS QUE ESTÃO SENDO TOMADAS COM RELAÇÃO AO ASFALTAMENTO DE VÁRIAS RUAS DO BAIRRO FORNAZARI, CONFORME PEDIDO FEITO ATRAVÉS DOS REQUERIMENTOS N 002/07 E 339/07</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3183/3183_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3183/3183_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA QUAIS AS PROVIDÊNCIAS QUE ESTÃOS ENDO TOMADAS PARA ATENDER O PEDIDO DE ASFALTAMENTO DAS RUAS JOAQUIM MARTINS DE OLIVEIRA E GINA PONTES ROMERO, DO CONJUNTO HABITACIONAL ELISEU RODRIGUES VIEIRA CONFOEM REQUERIMENTOS N 3/07 E 339/07</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA A POSSIBILIDADE DE AUMENTAR O NÚEMRO DE BANCOS E SUBSTITUIR OS JÁ EXISTENTES NA PRAÇA LECY DE CAMPOS, TROCANDO-OS POR OUTROS MAIS RESISTENTES.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3265/3265_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3265/3265_texto_integral.doc</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE SE FAZER PROLONGAMENTO DAS DUAS GALERIAS NA AVENIDA JAZIEL DE AZEREDO RIBEIRO, NA VILA GARCIA, UMA EM FRENTE À RUA MARIA CAROTENUTO E OUTRA NA MESMA AVENIDA, COM FUNDO PARA O Nº 797.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3185/3185_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3185/3185_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA AVENIDA JAZIEL DE AZEREDO RIBEIRO, NA VILA GARCIA</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3186/3186_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3186/3186_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA ROTATÓRIA NO CRUZAMENTO DAS AVENIDAS ANTONIO LOPES DOS SANTOS E ANTONIO CASTANHARO</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAÇÃO "IN LOCO" DO PROBLEMA EXISTENTE NO CRUZAMENTO DA RUA ANA MARINA DO ESPÍRITO SANTO COM A AVENIDA FRANCISCO LOPES DE ALMEIDA, JARDIM SERRANO</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3188/3188_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3188/3188_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE PROJETO DE LEI REFERENTE À REGULARIZAÇÃO DOS COLETORES DE ESGOTOS EM PROPRIEDADES PRÓXIMAS AOS MANANCIAIS DE ÁGUA DA ZONA RURAL   R E T I R A D O</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3189/3189_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3189/3189_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A MUDANÇA DO PONTO DE ÔNIBUS DA RODOVIA SP-79 PARA MAIS PRÓXIMO À PASSARELA EM CONSTRUÇÃO</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3190/3190_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3190/3190_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A ABERTURA DE UMA VIELA DOTADA DE ESCADARIA, CORRIMÃO E ILUMINAÇÃO, ENTRE AS RUAS FRANCISCA LUCAS BONILHA E TOMÁZ MOBILE</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3191/3191_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3191/3191_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA LAJOTAR OU ASFALTAR O FINAL DA RUA FRANCISCA LUCAS BONILHA, PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3192/3192_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3192/3192_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAR 15 METROS DE GUIA E IMPLANTAR UM PLAYGROUND E TRÊS MESAS DE CIMENTO COM QUATRO BANCOS CADA UMA, NA RUA PERCILIANO LEMES AO LADO DO N 56, PARQUE SANTOS DUMONT</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3193/3193_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3193/3193_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA UTILIZAR PARTE DA ESTRUTURA FÍSICA A EMEI PARIZETE JORDÃO BRESSANI, JARDIM SERRANO II PARA INSTALAÇÃO DE UMA CRECHE</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3194/3194_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3194/3194_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA QUAL O CRITÉRIO UTILIZADO NA IMPLANTAÇÃO DO RETORNO EXISTENTE NA AVENIDA GISELE CONSTANTINO, ENTRE O RESIDENCIAL ESPLANADA E O RESIDENCIAL BELVEDERE</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3238/3238_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3238/3238_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ALARGAMENTO DO PONTILHÃO DA CHAVE</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3247/3247_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3247/3247_texto_integral.doc</t>
   </si>
   <si>
     <t>OFICIAR AO GOVERNADOR JOSÉ SERRA SE ESTÁ NOS PLANOS CONSTRUIR EM VOTORANTIM UMA UNIDADE DA FATEC</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3248/3248_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3248/3248_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UM APARELHO TELEFÔNICO COMUNITÁRIO TIPO ORELHÃO NA RUA LUIZ FRANCISCO GONÇALVES, N 131 PARQUE SANTA MÁRCIA</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3249/3249_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3249/3249_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE EXISTE PREVISÃO PARA A CONSTRUÇÃO DE UMA CRECHE NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3250/3250_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3250/3250_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR REDUTORES DE VELOCIDADE NA RUA VICTÓRIO ZANCHETTA NO CONNJUNTO HJABITACIONAL MÁRIO AUGUSTO RIBEIRO</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3251/3251_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3251/3251_texto_integral.doc</t>
   </si>
   <si>
     <t>HÁ PREVISÃO PARA AQUISIÇÃO DE VEÍCULOS ADEQUADOS PARA TRANSPORTAR PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3252/3252_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3252/3252_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAMENTO REVITALIZAÇÃO DO CANTEIRO CENTRAL E PAVIMENTAÇÃO ASFÁLTICA NA AVENIDA OCTÁVIO AUGUSTO RANGEL, DESDE O BAIRRO DO CURTUME ATÉ A AVENIDA PHILOMENA VASQUES NO JARDIM RODRIGUES</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3253/3253_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3253/3253_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAR AS RUAS MARGARIDA DOS SANTOS GARCÊS, JOSÉ CASTILHO, BENEDITO KRAFECIK E JOÃO PEREIRA DE GÓES NA VILA GARCIA</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3254/3254_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3254/3254_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA CRECHE NO JARDIM EUROPA</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3255/3255_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3255/3255_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA CRECHE NO BAIRRO ÂNGELO VIAL</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3256/3256_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3256/3256_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTÁ NOS PLANOS A PAVIMENTAÇÃO DA RUA ANÁLIA PEREIRA, QUE LIGA O JARDIM SÃO LUCAS AO BAIRRO CAPOAVINHA</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3257/3257_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3257/3257_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A ÁREA VERDE EXISTENTE NO LADO ESQUERDO DA RUA ANTONIO DIAS BATISTA BAIRRO ÂNGELO VIAL</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3258/3258_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3258/3258_texto_integral.doc</t>
   </si>
   <si>
     <t>SE ESTÁ NOS PLANOS DA ADMINISTRAÇÃO NOVAMENTE O RECAPEAMENTO DAS RUAS ANA MARINA DO ESPÍRITO SANTO, JARDIM SERRANO; JOSÉ APARECIDO TARGA JARDIM PALMIRA; JOSÉ PAES DE OLIVIERA VILA GALLI E LEVANTE SANTUCCI VILA SANTO ANTONIO</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3259/3259_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3259/3259_texto_integral.doc</t>
   </si>
   <si>
     <t>FECHAR COMPLETAMENTE DE MURO OU ALAMBRADO A LANCHONETE DO CAMPO DO ESPORTE CLUBE VILA GARCIA</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3260/3260_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3260/3260_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIAR SINALIZAÇÃO DE VIAS (SOLO) TIPO TACHÃO NO SENTIDO HORIZONTAL NA AVENIDA IZABEL FERREIRA COLEHO, NA VILA GARCIA</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3261/3261_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3261/3261_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSERTO DO APARELHO TENS DA UNIDADE DE FISIOTERAPIA SITUADA NA RUA MONTE ALEGRE</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3262/3262_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3262/3262_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA CRECHE PARA ATENDER OS BAIRROS JARDIM BANDEIRANTES, VILA AMORIM E VILA GUILHERME</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3263/3263_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3263/3263_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM ABRIGO NA PARADA DE ÔNIBUS DA RUA LEVANTE SANTUCCI FRENTE N 184 VILA SANTO ANTONIO</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3264/3264_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3264/3264_texto_integral.doc</t>
   </si>
   <si>
     <t>PORQUE A ADMINISTRAÇÃO AINDA NÃO PODE ATENDER O PEDIDO DE PAVIMENTAÇÃO DA AVENIDA JAZIEL DE AZEREDO RIBEIRO VILA GARCIA</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3268/3268_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3268/3268_texto_integral.doc</t>
   </si>
   <si>
     <t>RESOLVER O PROBLEMA DE DESNÍVEL NAS RAMPAS DE ACESSO ÀS PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA E TAMBÉM TAMPAR OS BURACOS NAS CALÇADAS DA AVENIDA 31 DE MARÇO</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3269/3269_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3269/3269_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS NO ASFALTO DA AVENIDA LUIZ DO PATROCINO FERNANDES SENTIDO CENTRO/BAIRRO</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3270/3270_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3270/3270_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTEM PLANOS PARA ADAPTAÇÃO EM MAIS ÔNIBUS PARA O ACESSO DAS PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3271/3271_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3271/3271_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA DE QUEM É A RESPONSABILIDADE PELOS PRÉDIOS DO CDHU EM NOSSA CIDADE E SE A ENGENHARIA DA COHAP PODERIA FAZER UMA VISTORIA NO BLOCO 23 DO CONJUNTO HABITACIONAL VEREADOR JUVENAL DE CAMPOS</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3272/3272_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3272/3272_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTEM ESTUDOS NO SENTIDO DE RETORNAR AS ATIVIDADES DO PROJETO REINTEGRAR</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3273/3273_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3273/3273_texto_integral.doc</t>
   </si>
   <si>
     <t>QUER SABER SE A PREFEITURA PAGA O 13ª SALÁRIO E FÉRIAS AOS SECRETÁRIOS MUNICIPAIS</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3274/3274_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3274/3274_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA DE LAZER COM QUADRA POLIESPORTIVA NA ÁREA PÚBLICA SITUADA DO LADO DA RUA NELSON TEIXEIRA, NA VILA PARDINI</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3275/3275_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3275/3275_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTÁ NOS PLANOS DA ADMINISTRAÇÃO A REURBANIZAÇÃO DO PARQUE DO MATÃO</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3276/3276_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3276/3276_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM ALBERGUE DESTINADO ÀS PESSOAS QUE DORMEM NAS RUAS E UM ASILO PARA OS PAIS QUE FORAM ABANDONADOS PELOS FILHOS</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3277/3277_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3277/3277_texto_integral.doc</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO CENTRO COMUNITÁRIO VITAL DE OLIVEIRA JARDIM TOLEDO</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3278/3278_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3278/3278_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE DUAS SALAS DE AULA PARA O MATERNAL NA EMEI ALDA VIAL</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3279/3279_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3279/3279_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAR A RUA VENÍZIA DOS SANTOS ALBERTONI, VILA GARCIA</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3280/3280_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3280/3280_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTRATAR UMA PESSOA PREPARADA PARA AJUDAR NO TRANSPORTE DE PESSOAS QUE FAZEM TRATAMENTO FISIOTERAPÊUTICO</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3281/3281_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3281/3281_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIAR CALÇADA NA FRENTE DA ESCOLA DIDES CRISPIM DE ALMEIDA ANTONIO, VILA GARCIA</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3282/3282_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3282/3282_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDOS VISANDO O ALARGAMENTO DA PISTA DA AVENIDA VEREADOR NEWTON VIEIRA SOARES QUE DÁ ACESSO À AVENIDA 31 DE MARÇO, DE FORMA QUE A MESMA FIQUE COM DUAS FAIXAS</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3283/3283_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3283/3283_texto_integral.doc</t>
   </si>
   <si>
     <t>ALARGAMENTO E ASFALTAMENTO DA RUA JOÃO CÂNDIDO STROMBECK</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3306/3306_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3306/3306_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL A RAZÃO DA PARALIZAÇÃO DAS OBRAS DA PASSARELA SOBVRE A RODOVIA SP-79</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3307/3307_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3307/3307_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAR O PROLONGAMENTO DA RUA HORTÊNCIA MACIEL DE CAMARGO E CONCLUIR A ILUMINAÇÃO NOS 5 POSTES EXISTENTES.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3308/3308_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3308/3308_texto_integral.doc</t>
   </si>
   <si>
     <t>DESASSOREAMENTO DO CÓRREGO QUE CORRE PARALELO À AVENIDA PASCHIAL GERÔNIMO FORNAZARI</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3309/3309_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3309/3309_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONAMENTOS SOBRE DESMATAMENTOS, ABERTURA DE RUAS, CORTE DE ÁRVORES NA REGIÃO DA REPRESA DE ITUPARARANGA</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3310/3310_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3310/3310_texto_integral.doc</t>
   </si>
   <si>
     <t>CEDER ALGUM TERRENO DO MUNICÍPIO PARA A CONSTRUÇÃO DE UM APISTA OFICIAL DE BICICROSS</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3311/3311_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3311/3311_texto_integral.doc</t>
   </si>
   <si>
     <t>DESENTUPIMENTO DE UMA GALERIA NA RUA ENRICO VIOLINO NO PARQUE BELA VISTA E A RETIRADA DE UM POSTE NO FINAL DA REFERIDA RUA</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3312/3312_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3312/3312_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NAS IMEDIAÇÕES DA COOPERATIVA DE RECICLAGEM DO JARDIM SERRANO I</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3313/3313_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3313/3313_texto_integral.doc</t>
   </si>
   <si>
     <t>SINALIZAR OU COLOCAR PLACA INDICATIVA DE LIMITE DE VELOCIDADE NAS RUAS O BAIRRO DA CHAVE</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3314/3314_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3314/3314_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A QUAL MUNICÍPIO PERTENCE O BAIRRO ZÉZO MIGUEL, POIS AS RUAS DANIEL LOPES CASTILHO, JUDITE ROSA TAVARES A ALFREDO BARROS MONTEIRO NECESSITAMD E PAVIMENTAÇÃO</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3315/3315_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3315/3315_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTENDER O ITINERÁRIO DOS ÔNIBUS QUE FAZEM A LINHA JARDIM NOVO MUNDO/VOTORANTIM E VICE-VERSA, FAZENDO COM QUE OS COLETIVOS AO INVÉS DE RETORNAREM DO JARDIM CLARICE PASSEM A FASER O RETORNO EM FRENTE AO RESIDENCIAL ALDEIA DA MATA NO PARQUE JATAÍ</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3316/3316_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3316/3316_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL A PREVISÃO DE TEMPO PARA ASFALTAR AS RUAS DO JARDIM NOVO MUNDO</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3317/3317_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3317/3317_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL O PROBLEMA DA FALTA DE SINAL DE CELULAR NOS BAIRROS VILA NOVA VOTORANTIM, CONJUNTO HABITACIONAL MÁRIO AUGUSTO RIBEIRO, JARDIM SÃO MATHEUS E OUTROS BAIRROS PRÓXIMOS</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3318/3318_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3318/3318_texto_integral.doc</t>
   </si>
   <si>
     <t>PODERIA SER ACRESCENTADO NO ITINERÁRIO DOS ÔNIBUS QUE PASSAM NO CONJUNTO HABITACIONAL MÁRIO REGINATO AS RUAS LAÉRCIO CARRARA E JUDITE RAVANELLI WALTER DO JARDIM SÃO MATHEUS</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3319/3319_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3319/3319_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR REDUTOR DE VELOCIDADE SONORIZADO NA RUA CARMINHA CELESTINA DA SILVA, PARQUE JATAÍ II</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3320/3320_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3320/3320_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM SAJETÃO NA ESQUINA DAS RUA PEDRO CRAIS E ISABEL FERREIRA COELHO E A IMPLANTAÇÃO DE UMA BOCA-DE-LOBO NA RUA PEDRO CRAIS, VILA GARCIA</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3321/3321_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3321/3321_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR PONTOS DE LUZ EM POSTES JÁ EXISTENTES NA AVENIDA 27 DE MARÇO E COLOCAR MEIA CANA NAS LATERAIS DO LEITO CARROÇÁVEL NA PARTE QUE AINDA NÃO FOI ASFALTADA</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3322/3322_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3322/3322_texto_integral.doc</t>
   </si>
   <si>
     <t>TERMINAR A CALÇADA DA EMEIEF ISABEL FERNANDES PEDROSO LOCALIZADA A RUA LOURENÇO MOURA, JARDIM SÃO LUCAS</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3323/3323_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3323/3323_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUANDO ESTÁ PREVISTA A MANUTENÇÃO DA RUA ANÁLIA PEREIRA NO TRECHO QUE VAI ATÉ O BAIRRO CAPOAVINHA</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3324/3324_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3324/3324_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O SAAE INFORME QUAL A CAUSA DO MAU CHEIRO EXALADO ÀS MARGENS DA RODOVIA SP-79, SENTIDO CENTRO BAIRRO, VILA AMORIM</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>Latance, Fernando, João Cau, Labrego, Landito, Pastor Carlos, Pedrinho, Tomaizinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3348/3348_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3348/3348_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A FORMAÇÃO DE UMA CEI PARA INVESTIGAR POSSÍVEIS IRREGULARIDADES QUE VÊM OCORRENDO NAS PROXIMIDADES DA REPRESA DE ITUPARARANGA</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3352/3352_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3352/3352_texto_integral.doc</t>
   </si>
   <si>
     <t>OFICIE A AGÊNCIA GERAL DO BANCO DO BRASIL PARA COLOCAR UM CAIXA EXTRA PARA MELHOR ATENDER OS MUNÍCIPES</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3353/3353_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3353/3353_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDER 20% DE DESCONTO NO IPTU AOS IMÓVEIS LOCALIZADOS NAS RUAS ONDE SÃO REALIZADAS FEIRAS-LIVRES</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3354/3354_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3354/3354_texto_integral.doc</t>
   </si>
   <si>
     <t>SE OFICIE AO MINISTÉRIO PÚBLICO SOLICITANDO ESCLARECIMENTOS E DEMAIS PROVIDÊNCIAS COM RELAÇÃO À NEGATIVA SO SENHOR PREFEITO MUNICIPAL EM CONCEDER ISENÇÃO DE TAXA DE EXPEDIENTE</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3355/3355_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3355/3355_texto_integral.doc</t>
   </si>
   <si>
     <t>SE OFICIE À GERÊNCIA DO INSS DE VOTORANTIM, BEM COMO, AO SENHOR DÉCIO ARAÚJO, GERENTE REGIONAL, PARA QUE INFORME O PORQUÊ DE TANTAS RECLAMAÇÕES DOS BENEFICIÁRIOS</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3356/3356_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3356/3356_texto_integral.doc</t>
   </si>
   <si>
     <t>SE OFICIE A DIREÇÃO DA TELEFONICA PARA QUE INFORME SOBRE A POSSIBILIDADE DE INSTALAR UM ORELHÃO NA RUA JOAQUIM MARTINS DE OLIVEIRA</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3357/3357_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3357/3357_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER UMA CICLOVIA COMPLETA IDA E VOLTA INICIANDO NO BAIRRO ITAPEVA SE ESTENDENDO POR TODA AVENIDA 31 DE MARÇO ATÉ A PRAÇA LECY DE CAMPOS</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3358/3358_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3358/3358_texto_integral.doc</t>
   </si>
   <si>
     <t>PORQUE, ATÉ A PRESENTE DATA, NÃO FOI TOMADA NENHUMA PROVIDÊNCIA COM RELAÇÃO A CASA  QUE ESTÁ QUASE CAINDO NA RUA FAUSTO COPPI, AO LADO DO NÚMERO 53, BAIRRO RIO ACIMA</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3359/3359_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3359/3359_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSERTAR OS BRINQUEDOS EXISTENTES, BEM COMO, A AQUISIÇÃO DE OUTROS NOVOS, PARA A CRECHE RAFAELA RESIO CAU</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3360/3360_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3360/3360_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONANDO A ADMINISTRAÇÃO SOBRE A AUTORIZAÇÃO LEGISLATIVA PARA QUE O SAAE POSSA REPASSAR RECURSOS NO VALOR DE 18.500.000,00 - DEZOITO MILHÕES ER QUINHENTOS MIL REAIS.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.doc</t>
   </si>
   <si>
     <t>TROCAR AS LIXEIRAS DA PRAÇA ALAN KARDEC XAVIER DE PONTE ÂNGELO VIAL</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.doc</t>
   </si>
   <si>
     <t>QUANDO ESTÁ PREVISTA A REFORMA DA PRAÇA CARLOS VIOLINO E IMPLANTAR UMA PISCINA DE AREIA E BRINQUEDOS DE PLAYGROUND</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR UM ÔNIBUS GRATUÍTO SAINDO DE FRENTE DA PREFEITURA E RETORNANDO AO MESMO LUGAR EM DIA SE HORÁRIOS DE FUNCIONAMENTO DA UNISO - UNIVERSIDADE DE SOROCABA DESTINADO AOS ALUNOS COM COMPROVADA DIFICULDADE FINANCEIRA</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.doc</t>
   </si>
   <si>
     <t>RESOLVER OS PROBLEMAS NO FINAL DA RUA EFRAIN DA SILVEIRA, NA VILA GARCIA, OCASIONADOS PELO EXCESSO DE ÁGUA DE CHUVA.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLUCIONAR OS PROBLEMAS NA ESQUINA DAS RUAS LINA PICOLLOTO DOS SANTOS E ENÉAS DE CAMPOS NA VILA NOVA VOTORANTIM, OCASIONADOS PELO EXCESSO DE ÁGUA DE CHUVA</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3366/3366_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3366/3366_texto_integral.doc</t>
   </si>
   <si>
     <t>SER DISPONIBILIZADO UM LOCAL PARA SER IMPLANTADO UM PROJETO DE ESPORTE PARA PESSOAS PORTADORAS DE DEFICIÊNCIA</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3367/3367_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3367/3367_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONANDO SOBRE O BURACO EXISTENTE NO CALÇAMENTO DA AVENIDA CLÁUDIO PINTO DO NASCIMENTO, NO JARDIM PARAÍSO</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3368/3368_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3368/3368_texto_integral.doc</t>
   </si>
   <si>
     <t>RESOLVER A FALTA DE SINAL DE TV NOS BAIRROS JARDIM SÃO MATHEUS E CONJUNTO HABITACIONAL MÁRIO AUGUSTO RIBEIRO</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3396/3396_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3396/3396_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR SE O ESGOTO DOS ESTABELECIMENTOS COMERCIAIS E DAS CASAS À MARGEM DA REPRESA DE ITUPARARANGA ESTÃO DENTRO DAS NORMAS TÉCNICAS EXIGIDAS PELAS SECRETARIAS COMPETENTES</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3397/3397_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3397/3397_texto_integral.doc</t>
   </si>
   <si>
     <t>VERIFICAR DE ONDE VEM A AREIA QUE SE ACUMULA NA ESQUINA DA AVENIDA ÕÃO LAUREANO COM A RUA JÚLIO MOLINEIRO, VILA VASQUES</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3398/3398_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3398/3398_texto_integral.doc</t>
   </si>
   <si>
     <t>POR QUAL RAZÃO ESTÃO PARALISADAS AS OBRAS DE CONCLUSÃO DO COMPLEXO ESPORTIVO MIRANTE DOS OVINIS</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3399/3399_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3399/3399_texto_integral.doc</t>
   </si>
   <si>
     <t>COM QUE PERIDIOCIDADE TEM SIDO REALIZADA BLITZ NO TRANSPORTE PERMISSIONÁRIOS DE ESTUDANTES</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3400/3400_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3400/3400_texto_integral.doc</t>
   </si>
   <si>
     <t>COMO É FEITO O ENCAMINHAMENTO DE MUNÍCIPES QUE AGUARDAM NAS FILAS DE ESPERA PRA REALIZAÇÃO DE CIRURGIA DE ORTOPEDIA</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3401/3401_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3401/3401_texto_integral.doc</t>
   </si>
   <si>
     <t>EFETUAR O ALARGAMENTO DAS BOCAS-DE-LOBO E TROCA DE ENCANAMENTOS NO INÍCIO DA RUA PACÍFICO TOBIAS DE AGUIAR, PRÓXIMO AO CRUZAMENTO COM A AVENIDA JOSÉ MIGUEL SKIF, BARRA FUNDA</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3402/3402_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3402/3402_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIAR A ESTA CASA UM PROJETO DE LEI DISPONDO SOBRE O PARCELAMENTO, EM ATÉ 60 MESES, DE TRIBUTOS MUNICIPAIS INSCRITOS NA DÍVIDA ATIVA OU OBJETO DE EXECUÇÃO FISCAL</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3403/3403_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3403/3403_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIAR A ESTA CASA UM PROJETO DE LEI CRIANDO DESCONTO NO IPTU, BASEADO NO ICMS, RETIDO PELO COMÉRCIO DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3404/3404_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3404/3404_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UM GRADIL DE PROTEÇÃO NA ESQUINA DA RUA OLARIA COM A AVENIDA 31 DE MARÇO SEMELHANTE AO INSTALADO NA RUA JÚLIO LOPES</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>Latance, Labrego, Marcelão, Tomaizinho</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER SE FORME UMA COMISSÃO DE VEREADORES PARA RPERESENTAR A CÂMARA NO 52º CONGRESSO ESTADUAL DE MUNICÍPIOS, QUE SERÁ REALIZADO EM SANTOS</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3442/3442_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3442/3442_texto_integral.doc</t>
   </si>
   <si>
     <t>SE OFICIE AO PREFEITO E À SÃO JOÃO LTDA SE HÁ POSSIBILIDADE DE MUDAR O ITINERÁRIO DA LINHA VILA IRINEU/VILA GARCIA</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3443/3443_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3443/3443_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTE PROGRAMAÇÃO PARA LIMPEZA E DESASSOREAMENTO DO CÓRREGO CUBATÃO</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3444/3444_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3444/3444_texto_integral.doc</t>
   </si>
   <si>
     <t>AUMENTAR O QUADRO DE MÉDICOS NO CENTRO DE SAÚDE DO BAIRRO ITAPEVA OU CONTRUIR OUTRO NO JARDIM SÃO LUCAS</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3445/3445_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3445/3445_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICTA QUE O COMANDANTE DO 40º BATALHÃO DA POLÍCIA MILITAR DESTAQUE UM POLICIAL PARA COORDENAR A ENTRADA E SAÍDA DE ALUNOS NA ESCOLA ESTADUAL PROFESSOR AZARIAS MENDES</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3446/3446_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3446/3446_texto_integral.doc</t>
   </si>
   <si>
     <t>É VERIDICA A INFORMAÇÃO DE QUE HÁ EXCESSO DE MULKTAS DE TRÂNSITO POR FALTA DE CINTO DE SEGURANÇA</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3447/3447_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3447/3447_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E CONSTRUÇÃO DE CALÇADA NA RUA JOSÉ DOLLES, JARDIM CLARICE</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3448/3448_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3448/3448_texto_integral.doc</t>
   </si>
   <si>
     <t>QUANTAS PROAMES EXISTEM EM VOTORANTIM E QUANTAS VAGAS CADA UMA OFERECE</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3449/3449_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3449/3449_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL O DESTINO DO TERRENO PÚBLICO LOCALIZADO NA ESQUINA DAS RUAS VICTÓRIO ZANCHETTA E AMÉRICO MASCHETTO</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3451/3451_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3451/3451_texto_integral.doc</t>
   </si>
   <si>
     <t>MANUTENÇÃO E PINTURA NA EMEI PROFª SUELI GAZOLLI DE CAMPOS, EMEI PROFª PARIZETE JORDÃO BRESSANE E EMEF MARIA DO ROSÁRIO ARCURI OLIVEIRA CAMPOS</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3452/3452_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3452/3452_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTEM ESTUDO PARA MUDAR O ITINERÁRIO DOS ÔNIBUS QUE CIRCULAM PELA VILA NOVA VOTORANTIM PARA ATENDEREM AO JARDIM FORTALEZA?</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3453/3453_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3453/3453_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR ORELHÃO NA PRAÇA SITUADA ENTRE AS RUAS APOLINÁRIO MARQUES RODRIGUES E SEGUNDO MELARÉ, PARQUE JATAÍ</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3468/3468_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3468/3468_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER PISTA DE CAMINHADA NO PARQUE DO MATÃO JONAS DOMINGUES PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3469/3469_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3469/3469_texto_integral.doc</t>
   </si>
   <si>
     <t>O QUE VEM ACONTECENDO COM A REDE DE ESGOTO DO SAE NA VIELA PARALELA A RUA JOÃO RAFAEL RODRIGUES</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3470/3470_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3470/3470_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITANDO A TELEFÔNICA QUE FAÇA CORREÇÃO NA PÁGINA 610 - ALB/AMA, RUA ALICE CINTRA BORMAN CEP 118117-320 PARQUE JATAÍ QUE NA VERDADE É GREEN VALLEY</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3471/3471_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3471/3471_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO ELABORAR UM PROJETO QUE DÊ SOLUÇÃO AS ÁGUAS PLUVIAIS QUE RETORNAM DAS GALERIAS DA PARTE BAIXA DA RUA ANTONIO FERNANDES</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3472/3472_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3472/3472_texto_integral.doc</t>
   </si>
   <si>
     <t>AMPLIAR E REFORMAR A EMEF PROFESSOR DIDES CRISPIM DE ALMEIDA ANTONIO VILA GARCIA</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3473/3473_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3473/3473_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTÁ PREVISTA EM NOSSA LEGISLAÇÃO A EXIGÊNCIA DE QUE OS MUNÍCIPES INSTALEM CAIXAS DE GORDURA EM SUAS RESIDÊNCIAS, PARA OBTER A LIGAÇÃO DE ESGOTO</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3474/3474_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3474/3474_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTE CRONOGRAMA E DATA PREVISTA PARA O RECAPEAMENTO ASFALTICO DA RUA MARIA CÂNDIDA VILA DOMINGUINHO</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3475/3475_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3475/3475_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE HÁ POSSIBILIDADE DE REALIZAR TRABALHOS DE CORREIOS DO BAIRRO ALTOS DE VOTORANTIM E BAIRRO FORTALEZA</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3490/3490_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3490/3490_texto_integral.doc</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA ESCADARIA QUE LIGA OS CONJUNTOS HABITACIONAIS DR. ELISEU RODRIGUES VIEIRA E VEREADOR AUGUASTINHO CHRIGUER, BARRA FUNDA</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3491/3491_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3491/3491_texto_integral.doc</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MAIS LIVROS PARA A BIBLIOTÉCA MUNICIPAL E IMPLANTAÇÃO DE SISTEMA DE INFORMATIZAÇÃO DE BUSCA DE TÍTULOS</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3492/3492_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3492/3492_texto_integral.doc</t>
   </si>
   <si>
     <t>SE ESTÁ NA PROGRAMAÇÃO A MANUTENÇÃO DA RUA CAETANO CORRÊA DA SILVA, ALTURA DO N. 02, JARDIM SERRANO</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3493/3493_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3493/3493_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O TERRENO BALDIO LOCALIZADO NO FINAL DA RUA EDILSON GODOY MARTINS, QUE INTERLIGA A VILA NOVA VOTORANTIM AO RESIDENCIAL POPULAR ALTOS DE FORTALEZA</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3494/3494_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3494/3494_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER UM "LARGO" COM JARDIM, ENTRE AS RUAS MAURÍCIO FOMIA E CARLOS LUVISON, PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3495/3495_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3495/3495_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR CALÇADAS NA LATERAL E NOS FUNDOS DA CRECHE RAPHAELA RÉSIO CAU, VILA GARCIA</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3496/3496_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3496/3496_texto_integral.doc</t>
   </si>
   <si>
     <t>ENTRAR EM CONTATO COM O PROPRIETÁRIO DA TRANSPORTADORA TRANSPEN , NA RUA SARA VIEIRA DE CAMPOS E SOLICITAR A MUDANÇA DO PORTÃO DE ENTRADA E SAÍDA DE CAMINHÕES PARA A AVENIDA JAZIEL DE AZEREDO RIBEIRO</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3497/3497_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3497/3497_texto_integral.doc</t>
   </si>
   <si>
     <t>COMO FUNCIONA O CARREGAMENTO DO CARTÃO BENEFÍCIO DE PASSE ESCOLAR PELA PREFEITURA, PARA OS ALUNOS QUE CURSAM FACULDADE</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3498/3498_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3498/3498_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTE A POSSIBILIDADE DE FAZER UMA PARCERIA COM A ASCAM PARA DISPONIBILZAR, PARA A COMUNIDADE DA REGIÃO DA VILA NOVA VOTORANTIM, OS EQUIPAMENTOS DE INFORMÁTICA ENVIADOS PELO MINISTÉRIO DAS COMUNICAÇÕES</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3499/3499_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3499/3499_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA NO TERRENO SITUADO NO ENTRONO DA EMEIEF AURORA FONTES, BEM COMO, DA QUADRA POLIESPORTIVA DO CENTRO COMUNITÁRIO ANTONIO POLI, VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3519/3519_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3519/3519_texto_integral.doc</t>
   </si>
   <si>
     <t>É POSSÍVEL UTILIZAR A CANCELA E SEMÁFOROS NO CRUZAMENTO DA AVENIDA LUIZ DO PATROCINO FERNANDES COM A VIA FÉRREA, EVITANDO O USO DE SINALIZAÇÃO SONORA.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3520/3520_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3520/3520_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER UM PROJETO DE IMPLANTE DE UMA CICLOVIA, PISTA DE BICICLETAS NA AVENIDA OCTÁVIO AUGUSTO RANGEL ATÉ O FINAL DA AVENIDA PEDRO AUGUSTO RANGEL, VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3521/3521_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3521/3521_texto_integral.doc</t>
   </si>
   <si>
     <t>CEDER, ALUGAR OU ENTÃO CONSTRUIR UMA SEDE PARA A BANDA MUSICAL DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3522/3522_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3522/3522_texto_integral.doc</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO MINI CENTRO DE LAZER POLIESPORTIVO PEDRO KRIGUER NA BARRA FUNDA</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3523/3523_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3523/3523_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAIS AS AÇÕES QUE A PREFEITURA ESTÁ TOMANDO PARA PREVENÇÃO E COMBATE A DENGUE</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3524/3524_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3524/3524_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAR AO DEPARTAMENTO DE ESTRADAS DE RODAGEM PARA ROÇAR E LIMPAR A MARGEM DA RODOVIA JOÃO LEME DOS SANTOS, JUNTAMENTE COM A RUA ALICE CINTRA BORMAN GREEN VALLEY_x000D_
 </t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3525/3525_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3525/3525_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTRUIR QUIOSQUES COM MESA, BANCO, PIA E TORNEIRAS NO CENTRO ESPORTIVO ANTONIO POLI VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.doc</t>
   </si>
   <si>
     <t>PASSAR A MÁQUINA NA RUA DE TERRA DA VILA ONDINA QUE LIGA OS BAIRROS VILA GARCIA E VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3527/3527_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3527/3527_texto_integral.doc</t>
   </si>
   <si>
     <t>FORMAR UMA COMISSÃO DE VEREADORES PARA PARTICIPAR DO IV ENCONTRO ESTADUAL DE VEREADORAS E VEREADORES CATÓLICOS, QUE SERÁ REALIZADO NO DIA 12 DE ABRIL, EM BOTUCATU</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3551/3551_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3551/3551_texto_integral.doc</t>
   </si>
   <si>
     <t>POR QUAL MOTIVO OS ESPAÇOS RESERVADOS AO COMÉRCIO, NOS MINI-TERMINAIS DE ÔNIBUS, NÃO ESTÃO SENDO USADOS</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3552/3552_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3552/3552_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM APROAME NA VILA DOMINGUINHO AINDA ESTE ANO</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3553/3553_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3553/3553_texto_integral.doc</t>
   </si>
   <si>
     <t>POR QUAL RAZÃO NÃO ESTÁ SENDO OBSERVADA A LEI Nº 1848</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3554/3554_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3554/3554_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL O MONTANTE ARRECADADO DURANTE O EXERCÍCIO DE 2007, COM MULTAS DE TRÂNSITO.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3555/3555_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3555/3555_texto_integral.doc</t>
   </si>
   <si>
     <t>SE HÁ POSSIBILIDADE DE RETIRAR AS PLACAS QUE SE ENCONTRAM INSTALADAS NO MEIO DAS CALÇADAS DA RUA ALBERTINA NASCIMENTO, NO CENTRO</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3559/3559_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3559/3559_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA ROÇAGEM E CAPINAÇÃO CÓRREGO SITUADO NA AVENIDA JAZIEL DE AZEREDO RIBEIRO, NO JARDIM ANTONIO CASSILO, OU SEJA, “O MATO ALTO, A SUJEIRA E AS CHUVAS TRANSFORMARAM O LOCAL EM CRIADOURO DE INSETOS E ANIMAIS PEÇONHENTOS, OS QUAIS INVADEM AS RESIDÊNCIAS PRÓXIMAS”  </t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3571/3571_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3571/3571_texto_integral.doc</t>
   </si>
   <si>
     <t>DEPARTAMENTO DE TRÂNSITO SE HÁ POSSIBILIDADE DE FAZER COM QUE ALGUMAS VAGAS DE ESTACIONAMENTO DA AVENIDA 31 DE MARÇO SEJAM EM ÂNGULO DE 45º, PARA RESOLVER, PALIATIVAMENTE, O PROBLEMA DA FALTA DE VAGAS, PRINCIPALMENTE EM NOSSA PRINCIPAL AVENIDA.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3572/3572_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3572/3572_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO  DA AVENIDA PASCHOAL JERÔNIMO FORNAZARI, E QUE INTIME OS PROPRIETÁRIOS DA FAMÍLIA DA SRA. CARMELA DISSEI, SOLICITANDO O CORTE DOS EUCALIPTOS, POIS ENQUANTO O TERRENO ESTÁ SOFRENDO ESPECULAÇÃO IMOBILIÁRIA, OS MORADORES ESTÃO SOFRENDO COM O DESCASO.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3573/3573_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3573/3573_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR SINALIZAÇÃO DE SOLO E FAIXA DE DIVISÃO DE FLUXO (COM “OLHO DE GATO”) NA RUA TOMÁZ MÓBILE, BEM COMO, UMA ROTATÓRIA NA CONFLUÊNCIA DA REFERIDA RUA COM A RUA ALBINA MARÂNDOLA, PARQUE BELA VISTA.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3574/3574_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3574/3574_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM PORTAL NA ENTRADA DE NOSSA CIDADE, A EXEMPLO DE OUTROS MUNICÍPIOS QUE JÁ CONTAM COM ESSE MELHORAMENTO.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3575/3575_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3575/3575_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIAR O DESENTUPIMENTO, BEM COMO A SUBSTITUIÇÃO DA TAMPA DA REFERIDA BOCA-DE-LOBO NA RUA JOÃO SOUTO DE CAMPOS, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3576/3576_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3576/3576_texto_integral.doc</t>
   </si>
   <si>
     <t>VEÍCULOS COM SOM E ALTO FALANTES NAS RUAS E AVENIDAS DA CIDADE, SEM CONTROLE DO VOLUME, COMERCIALIZANDO PROPAGANDA</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3577/3577_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3577/3577_texto_integral.doc</t>
   </si>
   <si>
     <t>RUA HORÁCIO VASCONCELOS LEITE COM A AVENIDA OCTÁVIO AUGUSTO RANGEL, EXISTE UM SARJETÃO DE CONCRETO CONSTRUÍDO PARA O ESCOAMENTO DE ÁGUA;E NA PASSAGEM DO ÔNIBUS PELO SARJETÃO, DEVIDO AO GRANDE DESNÍVEL, A PARTE TRASEIRA DO COLETIVO SE ARRASTA COMPLETAMENTE, RASPANDO NO ASFALTO</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3599/3599_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3599/3599_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA ESCADARIA INTERLIGANDO AS RUAS PAULO REGINATO E TEREZA PÉCORA PEDROZA, VILA DOMINGUINHO</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3600/3600_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3600/3600_texto_integral.doc</t>
   </si>
   <si>
     <t>JÁ EXISTE PROJETO PARA CONSTRUÇÃO DA ESCOLA DE ENSINO INFANTIL E FUNDAMENTAL NO PARQUE JATAÍ, QUAL O LOCAL</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3601/3601_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3601/3601_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR MAIS PONTOS DE ÔNIBUS NO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3602/3602_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3602/3602_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR NO ORÇAMENTO A IMPLANTAÇÃO DE UM CRAS NA REGIÃO DO BAIRRO ITAPEVA PARA ATENDER OS JARDINS EUROPA, SÃO LUCAS E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3603/3603_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3603/3603_texto_integral.doc</t>
   </si>
   <si>
     <t>EXISTE ALGUM CONVÊNIO ENTRE A PREFEITURA DE VOTORANTIM E O HOSPITAL OFTALMOLÓGICO, EXISTE CONTRATO DETERMINANDO REPASSE DE VERBA PARA O REFERIDO HOSPITAL, QUAL O VALOR</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3604/3604_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3604/3604_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAIS OS REQUISITOS E DOCUMENTOS EXIGIDOS PELO INSS PARA PERMITIR DÉBITOS REFERENTES A EMPRÉSTIMOS</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3605/3605_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3605/3605_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTÁ NOS PLANOS DA ADMINISTRAÇÃO, TRANSFORMAR EM ESTACIONAMENTO A ÁREA PÚBLICA SITUADA AO LADO DA PREFEITURA MUNICIPAL, ESQUINA DA AVENIDA 31 DE MARÇO COM A RUA JÚLIO LOPES</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3607/3607_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3607/3607_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ESCOLA DE ENSINO INFANTIL E FUNDAMENTAL NO BAIRRO VOSSOROCA</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3609/3609_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3609/3609_texto_integral.doc</t>
   </si>
   <si>
     <t>AMPLA LIMPEZA NO TERRENO SITUADO NA RUA EMÍLIO RODRIGUES VASQUES, Nº 72, BEM COMO FAZER A ABERTURA DE UMA RUA NO REFERIDO TERRENO</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3610/3610_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3610/3610_texto_integral.doc</t>
   </si>
   <si>
     <t>PORQUE DE ATÉ A PRESWENTE DATA NÃO TER SIDO TOMADA NENHUMA PROVIDÊNCIA COM RELAÇÃO A UMA CASA EM ESTADO DE ABANDONO NA RUA ANGELINO PARDINI N 261 RIO ACIMA</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3612/3612_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3612/3612_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTÁ NA PROGRAMAÇÃO DA ADMINISTRAÇÃO A INSTALAÇÃO DE UM PA 24 HORAS NO BAIRRO ITAPEVA E JARDIM SERRANO</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3614/3614_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3614/3614_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR NO ORÇAMENTO A IMPLANTAÇÃO DE UM CAT NA REGIÃO DA VILA NOVA VOTORANTIM COM PROJETO PARA ATENDER CONJUNTO HABITACIONAL MÁRIO AUGUSTO RIBEIRO, JARDIM SÃO MATHEUS E OUTROS</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3616/3616_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3616/3616_texto_integral.doc</t>
   </si>
   <si>
     <t>ELABORAR UM PROJETO VISANDO A CONSTRUÇÃO DE UM ESPAÇO PARA QUE O PA DA VILA NOVA VOTORANTIM POSSA TER FUNCIONAMENTO 24 HORAS</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3618/3618_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3618/3618_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVAÇÃO DE UM PROJETO DE UMA ROTATÓRIA NO ACESSO DA AVENIDA ADOLPHO MASSAGLIA À RODOVIA JOÃO LEME DOS SANTOS, SP 264, KM 105</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3620/3620_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3620/3620_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO PARA SOLUCIONAR OS PROBLEMAS DE UMA ÁREA NA ESQUINA DA RUA JÚLIA MARTINS DOMINGUES COM A AVENIDA PEDRO GONÇALVES, BAIRRO VOSSOROCA QUE VEM SENDO UTILIZADA COMO DEPÓSITO DE LIXO</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3623/3623_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3623/3623_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTATAR A EMPRESA AUTO ÔNIBUS SÃO JOÃO LTDA PARA QUE OS ÔNIBUS QUE PASSAM PELA VILA GARCIA E FAZEM A LINHA SOROCABA/VOTORANTIM E VICE-VERSA, FAÇAM O SEGUINTE ITINERÁRIO RUAS VENÍZIA DOS SANTOS ALBERTONI, CARMELINA GARCIA, AVENIDA VINTE E SETE DE MARÇO, AVENIDA IZABEL FERREIRA COELHO E AGOSTINHO DEVITO</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3640/3640_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3640/3640_texto_integral.doc</t>
   </si>
   <si>
     <t>AUMENTAR A CALÇADA DA ROTATÓRIA NA ENTRADA DA RUA LUIZ PEINADO, SAINDO DA AVENIDA SÃO JOÃO , PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3641/3641_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3641/3641_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR EM NOSSA CIDADE, UM PRONTO ATENDIMENTO DO CONVÊNIO MÉDICO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3642/3642_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3642/3642_texto_integral.doc</t>
   </si>
   <si>
     <t>ABERTURA D EUMA VIELA DOTADA DE ILUMINAÇÃO, ENTRE A AVENIDA CARLITO DE GÓES E RUA LOURENÇO ANTONIO DE MELO, JARDIM RODRIGUES</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3643/3643_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3643/3643_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR CALÇADÃO COM TRÊS METROS DE LARGURA NA RUA FRANCISCA LUCAS BONILHA PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3644/3644_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3644/3644_texto_integral.doc</t>
   </si>
   <si>
     <t>JÁ ESTÁ PRONTO O PROJETO DE PAVIMENTAÇÃO DAS RUAS MAXIMINA LEME E TRAVESSAS, HONÓRIA MARIA DE JESUS, JOSÉ VIEIRA, PROJETADA E PARTE ALTA DA AVENIDA PASCHOAL GERÔNIMO FORNAZARI</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3646/3646_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3646/3646_texto_integral.doc</t>
   </si>
   <si>
     <t>INCORPORAR O TERRENO SITUADO NOS FUNDOS DA EMEF PROFESSORA DIDES CRISPIM DE ALMEIDA ANTONIO, VILA GARCIA, PARA OS PROFESSORES UAREM COMO ESTACIONAMENTO</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3647/3647_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3647/3647_texto_integral.doc</t>
   </si>
   <si>
     <t>O QUE TEM IMPEDIDO A CPFL DE RETIRAR OS POSTES QUE IMPEDEM A CONTINUAÇÃO DAS OBRAS DA PASSARELA INTERLIGANDO OS PARQUES SÃO JOÃO AO JATAÍ</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3648/3648_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3648/3648_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR NO ORÇAMENTO A IMPLANTAÇÃO DE UM PROAME NA REGIÃO DO JARDIM SERRANO E OUTRO NO JARDIM NOVO MUNDO</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3649/3649_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3649/3649_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDE A POSSIBILIDADE DE ADQUIRIR UM VEÍCULO COM OS DEVIDOS EQUIPAMENTOS DE SEGURANÇA PARA O TRANSPORTE DE PESSOAS PORTADORAS DE DEFICIÊNCIA QUE UTILIZAM CADEIRAS DE RODAS PARA OS TRATAMENTOS DE SAÚDE</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3667/3667_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3667/3667_texto_integral.doc</t>
   </si>
   <si>
     <t>INTERDITAR A ESTRADA DE TERRA LOCALIZADA NA TRAVESSA DA AVENIDA JZIEL DE AZEREDO RIBEIRO E INSTALAR UMA FILMADORA PARA COIBIR OS ABUSOS TAMBÉM ÁREA LOCALIZADA NO FINAL DA AVENIDA GISELE CONSTANTINO</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3668/3668_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3668/3668_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER LEVANTAMENTO NO SISTEMA DE FIAÇÃO DE CABOS TELEFÔNICOSA DO CONJUNTO HABITACIONAL DR. ELISEU RODRIGUES VIEIRA - VOTORANTIM C POIS OS MESMOS ESTÃO EMARANHADOS</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3669/3669_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3669/3669_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR PLACAS DE RETORNO NA RODOVIA SP 79</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3670/3670_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3670/3670_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E RETIRADA DE ENTULHOS DA VIELA QUE INTERLIGA AS RUAS MARIA FLÓRIO DE ALMEIDA E BENEDITO HENRIQUE DE OLIVEIRA, JARDIM TOLEDO E JARDIM ARCHILLA</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3671/3671_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3671/3671_texto_integral.doc</t>
   </si>
   <si>
     <t>VERIFICAR PROBLEMA DE ILUMINAÇÃO NA VIELA SITUADA ENTRE AS RUAS SETE DE SETEMBRO E NOÉ CARLOS DE CAMPOS, PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3688/3688_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3688/3688_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIAR PROFISSIONAIS DA ZOONOSE PARA COMBATER A INVASÃO DE RATOS NA RUA PROJETADA, PARALELA A RUA PEDRO AMORIM, NA BARRA FUNDA</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3689/3689_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3689/3689_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE EXISTE PREVISÃO ORÇAMENTÁRIA PARA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, COBERTA, NA EMEIEF ANTONIO MARCIANO</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3690/3690_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3690/3690_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIR A AREIA DA QUADRA DA PRAÇA ESPORTIVA MARIA JOSÉ DE OLIVEIRA MARTINS, BAIRRO SANTOS DUMONT</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3691/3691_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3691/3691_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIR A AREIA DA QUADRA DA ÇPRAÇA ESPORTIVA JOÃO FIGUEIREDO DA FONTE , JARDIM BANDEIRANTES</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3692/3692_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3692/3692_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIR A AREIA DA QUADRA DA PRAÇA ESPORTIVA DOUGLAS DE OLIVEIRA SANTOS, VILA GALLI</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3693/3693_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3693/3693_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA CANALETA DE CONCRETO NA RUA JOÃO CASSETARI COM A RUA ANTONIO MARINONI, JARDIM MIRANTE DOS OVNIS</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3694/3694_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3694/3694_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR LAJOTAS NA RUA BERTO PETROCELLI</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3695/3695_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3695/3695_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE O MUNICÍPIO FEZ A ADESÃO VOLUNTÁRIA QUE PEDE O DECRETO FEDERAL Nº 6215 DE 26 DE SETEMBRO DE 2007, COM VISTAS À IMPLEMENTAÇÃO DE AÇÕES DE INCLUSÃO DAS PESSOAS COM DEFICIÊNCIA</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3701/3701_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3701/3701_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIAR PROFISSIONAIS PARA FAZEREM A LIMPEZA DO MINI TERMINAL DE ÔNIBUS DA VILA NOVA VOTORANTIM, BEM COMO INFORMA SE O PEQUENO SALÃO EXISTENTE ALI, ENCONTRA-SE EM PODE DE ALGUÉM PARA EXPLORAR O COMÉRCIO</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3702/3702_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3702/3702_texto_integral.doc</t>
   </si>
   <si>
     <t>É DE CONHEICMENTO DA ADMINISTRAÇÃO QUE A EMPRESA CARRETÉIS ESTÁ PARALISADA</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3704/3704_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3704/3704_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUER SEJA FORMADA UMA COMISSÃO DE VEREADORES PARA, JUNTO À INTERMÉDICA, ESCLARECER SOBRE O COMUNICADO DA FUNDAÇÃO DA SEGURIDADE DOS FUNCIONÁRIOS PÚBLICOS DE VOTORANTIM, COM RELAÃO À IMPOSSIBILIDADE DE ARCAR COM O AUMENTO PROPOSTO.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3706/3706_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3706/3706_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM PRONTO ATENDIMENTO NO PARQUE JATAI, AINDA NESTE EXERCÍCIO</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3708/3708_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3708/3708_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR ALGUNS BANCOS, LIXEIRAS E CALÇAMENTO APROPRIADO NO ESPAÇO PÚBLICO LOCALIZADO À RUA QUERINA TOZZI, EM FRENTE AO NÚMERO 120, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3709/3709_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3709/3709_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR O PORQUÊ DO AFUNDAMENTO DE SOLO NA RUA MANOEL MESSIAS FURQUIM, NÚMERO 270</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3710/3710_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3710/3710_texto_integral.doc</t>
   </si>
   <si>
     <t>COMBATER, ATRAVÉS DO SETOR DE ZOONOSES, O FOCO DE RATOS EXISTENTE NA AVENIDA 31 DE MARÇO E NA RUA CARLOS ALBERTO RODRIGUES, NO BAIRRO DA CHAVE</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3721/3721_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3721/3721_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER VISTORIA NO CAMPO DE FUTEBOL DO BAIRRO ÂNGELO VIAL</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3722/3722_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3722/3722_texto_integral.doc</t>
   </si>
   <si>
     <t>DESIGNAR PROFISSIONAIS DE MÃO DE OBRA QUALIFICADA PARA RECONSTRUIR O MURO DA ESCOLA DO PARQUE MORUMBI</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3723/3723_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3723/3723_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM ABRIGO PARA PONTO DE ÔNIBUS DA AVENIDA ISABEL FERREIRA COELHO, NA VILA GARCIA, PRÓXIMO AO POSTO DE COMBUSTÍVEL PETROLUK</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3724/3724_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3724/3724_texto_integral.doc</t>
   </si>
   <si>
     <t>REVITALIZAR TERRENO LOCALIZADO NA ESQUINA DAS RUAS ALICE FERRARI E EFRAIN DA SILVEIRA, NA VILA GARCIA</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3725/3725_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3725/3725_texto_integral.doc</t>
   </si>
   <si>
     <t>ELABORAR UM PROJETO PARA IMPLANTAÇÃO DE ÁREA DE LAZER NO ESPAÇO ATRÁS DO MINI-TERMINAL DA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3726/3726_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3726/3726_texto_integral.doc</t>
   </si>
   <si>
     <t>REPAROS E CONSERTOS NO ASFALTO DO CRUZAMENTO DAS RUAS ENÉAS DE CAMPOS E LINA PICCOLOTO DOS SANTOS, NA VILA NOVA VOTORANTIM</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3727/3727_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3727/3727_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE ESTÁ PRONTO O PROJETO VISANDO O CONTROLE DA POPULAÇÃO ANIMAL</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3728/3728_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3728/3728_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE ESTÁ NA PROGRAMAÇÃO DA SECRETARIA DE ESPORTES A CONSTRUÇÃO DE UM COMPLEXO ESPORTIVO NO TERRENO ONDE SE ENCONTRA O CAMPO DE FUTEBOL DO PARQUE JATAÍ</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3755/3755_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3755/3755_texto_integral.doc</t>
   </si>
   <si>
     <t>MELHORAR A ILUMINAÇÃO DO PONTILHÃO OLYNPHO DORNETTI, NO KM 99 DA RODOVIA RAPOSO TAVARES, INÍCIO DA AVENIDA OCTÁVIO AUGUSTO RANGEL, BAIRRO DO CURTUME</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3756/3756_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3756/3756_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSFORMAR A RUA PEDRO DE SOUZA EM MÃO ÚNICA DE DIREÇÃO</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3773/3773_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3773/3773_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA DE ÁREAS PÚBLICA SITUADASD NA CONFLUÊNCIA DAS RUAS BENEDITO LÁZARO, BENEDITO ISASE, ANTONIO ANTUNES MACIEL E ORLANDO BRASIL, NO JARDIM MARIA JOSÉ E TAMBÉM A ROTATÓRIA</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3774/3774_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3774/3774_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM ABRIGO PARA PARADA DE ÔNIBUS NAS IMEDIAÇÕES DA RUA ANTONIO DA SILVA, NO CONJUNTO HABITACIONAL MÁRIO AUGUSTO RIBEIRO</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3775/3775_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3775/3775_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR SE A SECRETARIA COMPETENTE TEM PLANOS DE FAZER FUNCIONAR O CME - CONSELHO MUNICIPAL DE ESPORTES</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3776/3776_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3776/3776_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE EXISTEM ESTUDOS VISANDO A CRIAÇÃO DE UMA LEI ESPECÍFICA DE COMBATE ÀS QUEIMADAS</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3777/3777_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3777/3777_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR PLACAS PROIBINDO O ESTACIONAMENTO DE VEÍCULOS EM UM DOS LADOS DA RUA JÚLIA MARTINS DOMINGUES ENTRE OS NÚMEROS 437 E 743</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3778/3778_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3778/3778_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM REDUTOR DE VELOCIDADE NA RUA ANTONIO DA SILVA</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3779/3779_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3779/3779_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA ROTATÓRIA NA RODOVIA 264 - JOÃO LEME DOS SANTOS NA LATURA DO KM 103,1 QUE DÁ ACESSO AO JARDIM TATIANA</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3790/3790_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3790/3790_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR NO LOCAL CITADO, PLACAS INDICANDO A VELOCIDADE MÁXIMA PERMITIDA DE 40KM/H; UM RADAR; OU, UM SEMÁFORO NO ENCONTRO DA RUA JÚLIA MARTINS DOMINGUES COM A AVENIDA GISELE CONSTANTINO</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3791/3791_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3791/3791_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SECRETARIA RESPONSÁVEL ESTUDAR A POSSIBILIDADE DE ELABORAR UM PROJETO PARA IMPLANTAÇÃO DE UMA ÁREA DE LAZER, NO CRUZAMENTO DAS RUAS AMÉLIA GALAN  E JOÃO SOUTO DE CAMPOS NA VILA NOVA VOTORANTIM </t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3801/3801_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3801/3801_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER GUIAS E SARJETAS EM TODA A EXTENSÃO DA AVENIDA JAZIEL DE AZEREDO RIBEIRO, VILA GARCIA</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3802/3802_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3802/3802_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE O ASFALTO DA RUA DEZESSETE DO JARDIM TATINA SERÁ FEITO ATÉ O FINAL DA RUA</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3803/3803_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3803/3803_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE A CPFL RETIRE OS POSTES DE MADEIRA EXISTENTES NA RUA IGNÊS MARINAO, PARQUE BELA VISTA</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3819/3819_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3819/3819_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAR SE A INSTALAÇÃO DA ANTENA  TRANSMISSORA DE RÁDIO, TELEVISÃO, TELEFONIA CELULAR, TELECOMUNICAÇÕES EM GERAL, NO PARQUE JATAÍ ESTÁ DE ACORDO COM AS NORMAS, E TAMBÉM ELABORAR UMA LEI REGULAMENTANDO INSTALAÇÃO DE ANTENAS DE EMISSÃO DE RADIAÇÃO ELETROMAGNÉTICA</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3820/3820_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3820/3820_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UM ABRIGO PARA USUÁRIOS DE ÔNIBUS NA RUA FRANCISCO VERLANGIÉRI, JARDIM UNIÃO</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3821/3821_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3821/3821_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UM REDUTOR DE VELOCIDADE NA RUA PERCILIANO LEMES, ALTURA DO Nº 154, PARQUE SANTOS DUMONT</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3822/3822_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3822/3822_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE O FATO DOS BAIRROS PARQUE SÃO JOÃO E ITAPEVA NÃO DISPOREM DE TV A CABO DEPENDE DA ADMINISTRAÇÃO OU DA EMPRESA QUE ATUALMENTE EXPLORA ESSE RAMO NO MUNICÍPIO E SE A ADMINISTRAÇÃO PODERIA INTERFERIR PARA QUE OS REFEIDOS BAIRROS TENHAM ACESSO A TV A CABO</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3859/3859_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3859/3859_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ENVIAR PROFISSIONAL PARA VERIFICAR O NÍVEL DA TAMPA DE ESGOTO, DEFRONTE AO NÚMERO 736 DA RUA OSVALDO MEZADRI</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3860/3860_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3860/3860_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE ESTÁ NOS PLANOS DA ADMINISTRAÇÃO A CRIAÇÃO DA GUARDA MUNICIPAL AINDA NESTE EXERCÍCIO</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3861/3861_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3861/3861_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA QUAL A POSSIBILIDADE DA ADMINISTRAÇÃO DECER, ALUGAR OU CONSTRUIR UM PRÉDIO PRÓPRIO PAR AA BANDA MUSICAL DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3864/3864_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3864/3864_texto_integral.doc</t>
   </si>
   <si>
     <t>REINICIAR A IMPLANTAÇÃO DA ILUMINAÇÃO PÚBLICA NA ESTRADA DA VENTANIA</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3865/3865_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3865/3865_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA SE ESTÁ NA PROGRAMAÇÃO AS SINALIZAÇÕES NA RUA NELSON TEIXEIRA, NA ALTURA DA TRAVESSA COM A RUA CARMINHA CELESTINA DA SILVA E NA ALTURA DA TRAVESSA COM A GILSON LUIZ NETO, BAIRRO ITAPEVA</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3866/3866_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3866/3866_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER REPAROS NA CALÇADA, DESDE O PONTILHÃO DO BAIRRO DA CHAVE ATÉ A RUA BERNARDINO DE CAMPOS, NA BARRA FUNDA.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3867/3867_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3867/3867_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR CONTEINERES PARA COLETA DE LIXO URBANO EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3888/3888_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3888/3888_texto_integral.doc</t>
   </si>
   <si>
     <t>CANALIZAR AS ÁGUAS DE CHUVA QUE DEMANDAM DA VIELA QUE LIGA AS RUAS VALÉRIA TOZZI E JULIÃO TAVUENCAS NO JARDIM ARCHILA</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3889/3889_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3889/3889_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR NO PA DA VILA NOVA VOTORANTIM UM APARELHO DE RAIO X</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3890/3890_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3890/3890_texto_integral.doc</t>
   </si>
   <si>
     <t>FAZER UMA UBS NO CONJUNTO HABITACIONAL MÁRIO AUSTO RIBEIRO OU NO JARDIM SÃO MATHEUS</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3891/3891_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3891/3891_texto_integral.doc</t>
   </si>
   <si>
     <t>DESENVOLVER UM PROJETO QUE POSSA SER COLOCADO TODOS OS SERVIÇOS POSSÍVEIS DE REABILITAÇÃO DAS PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3892/3892_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3892/3892_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM ESTACIONAMENTO RIPO BOLSÃO DE VEÍCULOS NA AVENIDA OCTÁVIO AUGUSTO RANGEL, ALTURA DO NÚMERO 930, RIO ACIMA</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3893/3893_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3893/3893_texto_integral.doc</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DE CANCELA E SEMÁFOROS NO CRUZAMENTO DA AVENIDA LUIZ DO PATROCINO FERNANDES COM A VIA FÉRREA, PARA EVITAR USO DE SINALIZAÇÃO SONORA</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3901/3901_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3901/3901_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A UTILIZAÇÃO DE CANCELA E SEMÁFOROS NO CRUZAMENTO DA AVENIDA LUIZ DO PATROCINO FERNANDES COM A VIA FÉRREA</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3902/3902_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3902/3902_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR UM POSTE COM LUMINÁRIA NA RUA SINVAL ANTONIO AVELAR, ANTIGA RUA 26, EM FRENTE AO NÚMERO 118, JARDIM NOVO MUNDO</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3903/3903_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3903/3903_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR POSTE COM LUMINÁRIA NA RUA FRANSISCO LOPES DE ALMEIDA, ALTURA DO NÚMERO 86, AO LADO DA CONGREGAÇÃO CRISTÃ, NO JARDIM SERRANO</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3904/3904_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3904/3904_texto_integral.doc</t>
   </si>
   <si>
     <t>COM QUE PERIODICIDADE É FEITA A LIMPEZA DAS CAIXAS D'ÁGUA DAS ESCOLAS MUNICIPAIS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3914/3914_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3914/3914_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL O MOTIVO, APÓS O MÊS DE DEZEMBRO/2007, TER TRIPLICADO O VALOR DA TAXA DE ÁGUA NO HIDRÔMETRO INSTALADO NA RUA AMÁLIA DAVID TRINCA, QUE ATENDE A HORTA COMUNITÁRIA EXISTENTE AO LONGO DA ÁREA NÃO EDIFICANTE DA CPFL</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3915/3915_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3915/3915_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINAR AS SECRETARIAS DE OBRAS E DE SERVIÇOS PÚBLICOS PARA QUE SEJAM FEITOS OS DEVIDOS REPAROS NA RUA CARMINHA CELESTINO DA SILVA, PARQUE JATAI II</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3931/3931_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3931/3931_texto_integral.doc</t>
   </si>
   <si>
     <t>ELABORAR UM PROJETO E DIVULGAR JUNTO À POPULAÇÃO SOBRE A IMPORTÂNCIA DE SE COLOCAR O CPF NA NOTA FISCAL DE CADA COMPRA</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3932/3932_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3932/3932_texto_integral.doc</t>
   </si>
   <si>
     <t>VISTORIA NO TRANSFORMADOR INSTALADO NA RUA AGOSTINHO DEVITO NA VILA GARCIA</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3941/3941_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3941/3941_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ALFREDO MAIA E A CAMADA ASFÁLTICA DAS RUAS LOPES CHAVES E FRANCISCO CERETTA, BARRA FUNDA</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3942/3942_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3942/3942_texto_integral.doc</t>
   </si>
   <si>
     <t>CANCELAR OS COMUNICADOS DE COBRANÇA INDEVIDAS ENVIADAS AO SENHOR JOÃO RIBEIRO</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3948/3948_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3948/3948_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DO MADEIRAMENTO E DAS TELHAS QUE FORMAM O TELHADO DA SEDE DO ALCOÓLICOS ANÔNIMOS DE VOTORANTIM, COM MATERIAL NOVO</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3949/3949_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3949/3949_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONANDO O SENHOR PREFEITO MUNICIPAL, PARA QUE INFORME SE HÁ POSSIBILIDADE DE ENVIAR FISCAIS PARA AVERIGUAR AS CONDIÇÕES DE UM VEÍCULO QUEBRADO QUE HÁ MUITO TEMPO ESTÁ ESTACIONADO EM CIMA DO PASSEIO PÚBLICO DA RUA JOSÉ MALAQUIAS, E SE POSSÍVEL, SOLICITAR AO PROPRIETÁRIO QUE RETIRE-O DAQUELE LOCAL.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3950/3950_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3950/3950_texto_integral.doc</t>
   </si>
   <si>
     <t>DE IMPLANTAR 7 (SETE) POSTES E 10 (DEZ) LUMINÁRIAS NA VIA DE ACESSO QUE INTERLIGA O JARDIM KAROLYNE AO LOTEAMENTO PARQUE ESPLANADA.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3962/3962_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3962/3962_texto_integral.doc</t>
   </si>
   <si>
     <t>COMO SE ENCONTRA O PROCESSO DA EMPRESA ADILSON CARRETÉIS, TENDO EM VISTA ÀS CONTRARIEDADES DA LEI 1883/08.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3963/3963_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3963/3963_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIAR O CONSERTO OU A SUBSTITUIÇÃO DO BEBEDOURO DO CENTRO DE SAÚDE DA VILA GARCIA, QUE NÃO ESTÁ FUNCIONANDO PERFEITAMENTE HÁ MUITO TEMPO</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3964/3964_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3964/3964_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIAR A TROCA DO PORTÃO DA QUADRA, BEM COMO REPAROS NO ALAMBRADO DA EMEI “RAPHAELA RÉSIO CAU”, NA VILA GARCIA; HAJA VISTA QUE O PORTÃO E PARTE DA GRADE ESTÃO DANIFICADOS</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>Pedrinho, Latance</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3974/3974_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3974/3974_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONANDO A ADMINISTRAÇÃO SOBRE A FISCALIZAÇÃO PELAS SECRETARIAS DE OBRAS E URBANISMO E DO MEIO AMBIENTE, OU SEJA, SE TÊM SIDO FEITAS VISTORIAS ÀS MARGENS DA REPRESA ITUPARARANGA PARA COIBIR OS ABUSOS DE DESMATAMENTOS E DE ARRUAMENTOS INDEVIDOS PRÓXIMOS À REPRESA.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3975/3975_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3975/3975_texto_integral.doc</t>
   </si>
   <si>
     <t>DIREÇÃO DA CPFL, PARA QUE NOS INFORME SE HÁ POSSIBILIDADE DE INSTALAR UMA LUMINÁRIA EM POSTE JÁ EXISTENTE, NA RUA VIRGÍLIO JANELLI, EM FRENTE AO Nº 152, NO JARDIM ICATU.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3980/3980_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3980/3980_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTRATO ENTRE A PREFEITURA DE VOTORANTIM E A CUCCHI PROPAGANDA E MARKETING S/C LTDA.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3981/3981_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3981/3981_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR MAIS BOCAS DE LOBO NA AVENIDA CELSO MIGUEL DOS SANTOS</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3982/3982_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3982/3982_texto_integral.doc</t>
   </si>
   <si>
     <t>REBAIXAR A GUIA NO INICIO DA PONTE JULIO CASSOLA, NO SENTIDO DE QUEM VAIA CIDADE DE SOROCABA</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3983/3983_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3983/3983_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMA GERAL NA QUADRA ESPORTIVA DO PROAME  VILA GARCIA</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3984/3984_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3984/3984_texto_integral.doc</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE FAZER UM TRABALHO DE CONSCIENTIZAÇÃO COM OS BANHISTAS, PRINCIPALMENTE NOS FINAIS DE SEMANA, PARA QUE NÃO INGIRAM ÁLCOOL, NÃO ABUSEM AO ENTRAREM NO RIO E NÃO JOGUEM LIXOS NO CAMINHO QUANDO RETORNAREM DO PASSEIO DA REGIÃO DA REPRESA ITUPARARANGA.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4020/4020_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4020/4020_texto_integral.doc</t>
   </si>
   <si>
     <t>CARÁTER DE URGÊNCIA, DE CANALIZAR O CÓRREGO DO VIDAL, DESDE A RUA SERVINA CARDOSO LUVIZON, PASSANDO PELA RUA RAIMUNDO BARBOSA DA SILVA E AVENIDA JAZIEL DE AZEREDO, PRIORIZANDO A AVENIDA, POIS OS MORADORES VÊM SOFRENDO COM O DESBARRANCAMENTO DO CÓRREGO</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4021/4021_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4021/4021_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">JUNTO AO DEPARTAMENTO DE TRÂNSITO, NOS INFORME SOBRE A POSSIBILIDADE DE IMPLANTAR, EM FRENTE A AGÊNCIA DO INSS, SITO À RUA JOÃO WALTER, Nº 289, SINALIZAÇÃO DE SOLO INDICANDO A RESERVA DE UMA VAGA DE ESTACIONAMENTO </t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4022/4022_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4022/4022_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA A ADMINISTRAÇÃO SOBRE A POSSIBILIDADE DE ALTERAR A DENOMINAÇÃO DA AVENIDA 31 DE MARÇO.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4025/4025_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4025/4025_texto_integral.doc</t>
   </si>
   <si>
     <t>QUESTIONA PORQUE O SISTEMA ELETRÔNICO DE CONSULTAS DA BIBLIOTECA MUNICIPAL, AINDA NÃO ESTAR FUNCIONANDO</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4026/4026_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4026/4026_texto_integral.doc</t>
   </si>
   <si>
     <t>CANALIZAR O CÓRREGO LOCALIZADO NA PARTE BAIXA DO JARDIM NOVO MUNDO E CONSTRUIR EM VOLTA DESSA OBRA UMA PISTA DE CAMINHADA</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4027/4027_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4027/4027_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR PRONTO ATENDIMENTO 24 HS PARA ATENDER OS BAIRROS JARDIM TATIANA, NOVO MUNDO, JARDIM PRIMAVERA E GREEN VALLEY</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4028/4028_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4028/4028_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA QUADRA NA EMEIEF IZABEL FERREIRA COLEHO, RIO ACIMA</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4029/4029_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4029/4029_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAIS OS PROJETOS DESENVOLVIDOS PELAS SECRETARIAS MUNICIPAIS NO COMBATE À DENGUE</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4042/4042_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4042/4042_texto_integral.doc</t>
   </si>
   <si>
     <t>QUEM OCUPOU O CARGO DE DIRETOR DE DEPARTAMENTO DE CONSERVAÇÃO E MANUTENÇÃO DA SECRETARIA DE SERVIÇOS PÚBLICOS DA PREFEITURA MUNICIPAL DE VOTORANTIM, NO PERÍODO DE (JANEIRO/2001 A MARÇO/2005)?</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>REQSP</t>
   </si>
   <si>
     <t>Requerimento Especial</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3176/3176_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3176/3176_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM FUNCIONÁRIOS DOS CORREIOS DE VOTORANTIM</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SR. JOSÉ RIBEIRO BONFIM - ZÉ BAIXINHO</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3237/3237_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3237/3237_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM PREFEITO JAIR CASSOLA, VICE-PREFEITO CARLOS AUGUSTO PIVETTA E SECRETÁRIO DE GESTÃO POLÍTICA E ECONÔMICA RUBENS MESADRI PELA PAVIMENTAÇÃO DAS RUAS GINA PONTES ROMERO E JOAQUIM MARTINS DE OLIVEIRA</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3266/3266_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3266/3266_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SENHORA BRUNA EMÍLIO AMORESE MACHADO</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3267/3267_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3267/3267_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR THOMÁS GIMENES MARTINS</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3349/3349_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3349/3349_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM JAIR CASSOLA E CARLOS AUGUSTO PIVETTA, RESPECTIVAMENTE, PREFEITO E VICE-PREFEITO PELA CONSTRUÇÃO DA PASSARELA QUE LIGA O PARQUE JATAÍ AO PARQUE SÃO JOÃO</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3395/3395_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3395/3395_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM MIRIAN CRIS CARLOS</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3467/3467_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3467/3467_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM ALEX RUIVO</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3517/3517_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3517/3517_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR WERINTON KERMES</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3518/3518_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3518/3518_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SENHORA GILDA TREVISANI</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3548/3548_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3548/3548_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A PROFESSORA LUIZA HELENA FINOTI</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3549/3549_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3549/3549_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM VÍTOR LIPPI, PREFEITO DE SOROCABA, COM SENHOR JOSÉ FRANCISCO MARTINEZ, PRESIDENTE DA CÂMARA MUNICIPAL DE SOROCABA E COM A SENHORA REGINA MARTA DE OLIVEIRA ALQUATI, LÍDER COMUNITÁRIA DO JARDIM TATIANA</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3579/3579_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3579/3579_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VOTOS DE CONGRATULAÇÕES COM O SR. JAIR CASSOLA, PREFEITO MUNICIPAL PELO RECEBIMENTO DO SELO/DIPLOMA &amp;#8220;PREFEITO EMPREENDEDOR&amp;#8221;, ENTREGUE PELO SEBRAE - SERVIÇO BRASILEIRO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS, EM SOLENIDADE REALIZADA NO PALÁCIO DOS BANDEIRANTES.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3580/3580_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3580/3580_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕES SOBRE VOTOS DE CONGRATULAÇÕES COM O SR. CARLOS EDUARDO SILVA LOPES (KADU), DA EMPRESA  KNS EMPREENDIMENTOS LTDA., RESPONSÁVEL PELA ORGANIZAÇÃO E REALIZAÇÃO DO CONCURSO MISS BRASIL ITÁLIA; BEM COMO À SECRETARIA MUNICIPAL DE CULTURA E À ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3597/3597_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3597/3597_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES INSTITUIÇÃO TERAPÊUTICA DE GRUPOS DE HABILITAÇÃO E REABILITAÇÃO INTEGRAR</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3598/3598_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3598/3598_texto_integral.doc</t>
   </si>
   <si>
     <t>PROFESSORA DIRETORA MARTA APARECIDA RODRIGUES VALLANDRO, COM O PROFESSOR COORDENADOR PEDAGÓGICO, PAULO AIRES PIMENTA JÚNIOR E COM TODA A EQUIPE PEDAGÓGICA DA ESCOLA ESTADUAL EVILÁZIO DE GÓES VIEIRA</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3638/3638_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3638/3638_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A EMPRESA CERVEJA BAMBERG</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3639/3639_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3639/3639_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SENHORA SILMARA ROCHA</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3665/3665_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3665/3665_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O JORNAL FOLHA DE VOTORANTIM</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3666/3666_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3666/3666_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR JOSÉ ELIAS GIANOLLA</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3687/3687_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3687/3687_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR ANTONIO ERMÍRIO DE MORAES</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3699/3699_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3699/3699_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SENHORA WILMA VETORAZZO GALLI</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3700/3700_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3700/3700_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM AS PARÓQUIAS  NOSSA SENHORA CONSOLATA, NOSSA SENHORA APRECIDA E NOSSA SENHORA DO CARMO</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3717/3717_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3717/3717_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O PRESIDENTE DA REPÚBLICA, SENHOR LUIZ INÁCIO LULA DA SILVA, COM O MINISTRO DA EDUCAÇÃO SENHOR FERNANDO HADDAD, COM O PREFEITO DE VOTORANTIM, JAIR CASSOLA, COM O VICE-PREFEITO SENHOR CALROS AUGUSTO PIVETTA E COM A SECRETÁRIA DA EDUCAÇÃO, SENHORA ELIZETE FALOCI PELA HABILITAÇÃO DE VOTORANTIM COMO POLO REGIONAL DA UAB - UNIVERSIDADE ABERTA DO BRASIL</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3718/3718_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3718/3718_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÕES COM O SENHOR MARCOS MÂNCIO AFFONSO DE CAMARGO</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3719/3719_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3719/3719_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM OS INTEGRANTES DA GUARDA MIRIM: ANGÉLICA FADINI, DANIEL GARCIA SEVERO, JÉSSICA ZOMARION DE ALMEIDA, LUIZ ALFREDO VALENTIM E MATHEUS FELIPE MARQUEZIN</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3720/3720_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3720/3720_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A EQUIPE DO VOTOCEL FUTEBOL CLUBE DE VOTORANTIM</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3752/3752_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3752/3752_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O CACHOEIRA FUTEBOL CLUBE DE VOTORANTIM</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3771/3771_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3771/3771_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM OS FUNCIONÁRIOS DA MANUTENÇÃO ESCOLAR, DA SECRETARIA DE EDUCAÇÃO DE VOTORANTIM</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3772/3772_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3772/3772_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR MARCELO SANTOS DE ALMEIDA</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3792/3792_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3792/3792_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SRA. SUELY DE FÁTIMA ROSSI MIRAMONTES E TODOS OS FUNCIONÁRIOS DO MIRAMONTES &amp; ROSSI SERVIÇOS CONTÁBEIS</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3793/3793_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3793/3793_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SR. ÂNGELO VEIGA, SUPERINTENDENTE DO SAAE DE VOTORANTIM, EXTENSIVO AOS DEMAIS FUNCIONÁRIOS DAQUELA AUTARQUIA</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3800/3800_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3800/3800_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM TODOS OS FUNCIONÁRIOS PÚBLICOS QUE FORAM HOMENAGEADOS PELO JORNAL DO MUNICÍPIO DE VOTORANTIM</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3857/3857_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3857/3857_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR ARTHUR DEUSTCH E FAMÍLIA</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3858/3858_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3858/3858_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SECRETÁRIO MUNICIPAL DE COMUNICAÇÕES</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3887/3887_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3887/3887_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM OS MOTORISTAS DA CÂMARA E SENHORA ROSEMEIRE DIAS MONTEIRO</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3933/3933_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3933/3933_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A EQUIPE DE BOCHA DE VOTORANTIM SESPOL/CERMAG</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3934/3934_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3934/3934_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM OS DIRIGENTES, COORDEANDORES, EDUCADORES E ALUNOS DAS ESCOLAS EE PROFESSORA ALICE ROLIM MOURA HOLTZ, PROFESSOR AZARIAS MENDES, PROFESSOR DANIEL VERANO, EVILÁSIO DE GÓES, PEREIRA INÁCIO E ARMANDO RIZZO</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3935/3935_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3935/3935_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A MICRO EMPRESA DE CALDERARIA MULTIMETAL EQUIPAMENTOS INDUSTRIAIS E SEUS 30 FUNCIONÁRIOS</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3936/3936_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3936/3936_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM DERLEI ALBERTO DOS SANTOS PELA PARTICIPAÇÃO NO CONCURSO NACIONAL DE TRABALHOS HISTÓRICOS</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3937/3937_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3937/3937_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A RÁDIO NOVA TROPICAL FM</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3938/3938_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3938/3938_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR DANILO RAMOS PATRONO DO CAMPEONATO VARZEANO DE FUTEBOL DA 2ª DIVISÃO DE VOTORANTIM SESPOL 2008</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3947/3947_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3947/3947_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM OS DIRETORES DO GRUPO QUADRA PESSOAS E IDÉIAS, MARCELO PROENÇA E RODRIGO SHIBA.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3989/3989_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3989/3989_texto_integral.doc</t>
   </si>
   <si>
     <t>COM AS EQUIPES SARADÃO FUTEBOL CLUBE  E AD - VOTOCEL PELO ACESSO A 2ª DIVISÃO.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4019/4019_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4019/4019_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O SENHOR LEONARD ANACLETO ROSA, PROPRIETÁRIO DO LABORATÓRIO CLÍNICO DE VOTORANTIM,</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4024/4024_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4024/4024_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS QUE TIVERAM SEUS NOMES INCLUÍDOS NO LIVRETO SERVIDOR EM DESTAQUE</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4036/4036_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4036/4036_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A EQUIPE DE FUTEBOL DO ECRA - ESPORTE CLUBE RIO ACIMA</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4043/4043_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4043/4043_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE CONGRATULAÇÕES COM O EXCELENTÍSSIMO SENHOR JAIR CASSOLA, DD. PREFEITO MUNICIPAL PELOS OITO ANOS CONSECUTIVOS FRENTE À ADMINISTRAÇÃO DA CIDADE DE VOTORANTIM</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4041/4041_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4041/4041_texto_integral.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM SR. PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>VETT</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3979/3979_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3979/3979_texto_integral.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 51/08  DE AUTORIA DO SR. PREFEITO MUNICIPAL QUE DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA RUA MARIA DE LOURDES FURQUIM PEREIRA</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>VPES</t>
   </si>
   <si>
     <t>Votos de pesar</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3175/3175_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3175/3175_texto_integral.doc</t>
   </si>
   <si>
     <t>CARLOS GALLI</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3243/3243_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3243/3243_texto_integral.doc</t>
   </si>
   <si>
     <t>IRACY PASCOAL CEO</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3245/3245_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3245/3245_texto_integral.doc</t>
   </si>
   <si>
     <t>RENATO FIRMINO DA ROSA</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3235/3235_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3235/3235_texto_integral.doc</t>
   </si>
   <si>
     <t>TERESA RODRIGUES DE OLIVEIRA</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3350/3350_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3350/3350_texto_integral.doc</t>
   </si>
   <si>
     <t>FALECIMENTO  DO SENHOR SEBASTIÃO  LOUREIRO DE MELLO - SANTINO DA FARMÁCIA</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3351/3351_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3351/3351_texto_integral.doc</t>
   </si>
   <si>
     <t>FALECIMENTO DA SENHORA JOANA VERDOODT</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3394/3394_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3394/3394_texto_integral.doc</t>
   </si>
   <si>
     <t>ANÁLIA DOS SANTOS NEVES</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3753/3753_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3753/3753_texto_integral.doc</t>
   </si>
   <si>
     <t>DARCI DE CAMARGO</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3441/3441_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3441/3441_texto_integral.doc</t>
   </si>
   <si>
     <t>NEIDE DE GODOY OLIVEIRA</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3464/3464_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3464/3464_texto_integral.doc</t>
   </si>
   <si>
     <t>CARMEM SANCHES SENTELHA</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3465/3465_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3465/3465_texto_integral.doc</t>
   </si>
   <si>
     <t>ORLANDO BALBO</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3466/3466_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3466/3466_texto_integral.doc</t>
   </si>
   <si>
     <t>ISAIAS PEDRO DA COSTA</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3489/3489_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3489/3489_texto_integral.doc</t>
   </si>
   <si>
     <t>NELSON BATISTA</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3500/3500_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3500/3500_texto_integral.doc</t>
   </si>
   <si>
     <t>OSWALDO AUGUSTO LOPES</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>Todos os Parlamentares</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3754/3754_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3754/3754_texto_integral.doc</t>
   </si>
   <si>
     <t>ANA TEREZA DE PAULA</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3546/3546_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3546/3546_texto_integral.doc</t>
   </si>
   <si>
     <t>TERESA ESQUITINI</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3547/3547_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3547/3547_texto_integral.doc</t>
   </si>
   <si>
     <t>JÚLIO CÉSAR DOS SANTOS TEIXEIRA</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3581/3581_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3581/3581_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VOTOS DE PESAR COM A FAMÍLIA DE JOSÉ AMARO DA SILVA</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3582/3582_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3582/3582_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VOTOS DE PESAR COM A FAMÍLIA DO SENHOR DARCI DUARTE DA SILVA.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3595/3595_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3595/3595_texto_integral.doc</t>
   </si>
   <si>
     <t>OLINDA BARBOSA NOGUEIRA</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3596/3596_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3596/3596_texto_integral.doc</t>
   </si>
   <si>
     <t>MÁRIO FRANCISCO ALVES</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3664/3664_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3664/3664_texto_integral.doc</t>
   </si>
   <si>
     <t>LÁZARA DA SILVZA AMARAL</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3663/3663_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3663/3663_texto_integral.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CASSOLA</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3686/3686_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3686/3686_texto_integral.doc</t>
   </si>
   <si>
     <t>DUVAL SOARES MARTINS</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3698/3698_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3698/3698_texto_integral.doc</t>
   </si>
   <si>
     <t>RUBENS LEME</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3751/3751_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3751/3751_texto_integral.doc</t>
   </si>
   <si>
     <t>ALDO SÃO PEDRO VIEIRA</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3769/3769_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3769/3769_texto_integral.doc</t>
   </si>
   <si>
     <t>DIMAS CAVACINE</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3770/3770_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3770/3770_texto_integral.doc</t>
   </si>
   <si>
     <t>DANILO BEZERRA DE OLIVEIRA</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3794/3794_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3794/3794_texto_integral.doc</t>
   </si>
   <si>
     <t>FALECIMENTO DA JOVEM ALINE ROBERTA ALFINI, OCORRIDO NO DIA 28 DE JUNHO DO CORRENTE</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3795/3795_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3795/3795_texto_integral.doc</t>
   </si>
   <si>
     <t>SENHOR IRSE APARECIDO DE OLIVEIRA (COXINHA), OCORRIDO NO DIA 26 DE JUNHO DO CORRENTE.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3856/3856_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3856/3856_texto_integral.doc</t>
   </si>
   <si>
     <t>JOSÉ SCOLA</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3863/3863_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3863/3863_texto_integral.doc</t>
   </si>
   <si>
     <t>ERALDO DE OLIVEIRA LEITE</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3875/3875_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3875/3875_texto_integral.doc</t>
   </si>
   <si>
     <t>AIRTON BONASSOLI</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3885/3885_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3885/3885_texto_integral.doc</t>
   </si>
   <si>
     <t>MESSIAS SKIF</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3886/3886_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3886/3886_texto_integral.doc</t>
   </si>
   <si>
     <t>BEATRIZ OLIVEIRA GARCIA</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3895/3895_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3895/3895_texto_integral.doc</t>
   </si>
   <si>
     <t>SRA. TEREZINHA CARRARA DA COSTA</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3912/3912_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3912/3912_texto_integral.doc</t>
   </si>
   <si>
     <t>ALMISI JULIANO PALOTA</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3913/3913_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3913/3913_texto_integral.doc</t>
   </si>
   <si>
     <t>AURORA MARCINI BERNARDES</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3918/3918_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3918/3918_texto_integral.doc</t>
   </si>
   <si>
     <t>DIRCE MARIA LOPES ANDRIOTTA</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3930/3930_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3930/3930_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VOTO DE PESAR À FAMÍLIA DA SRA. LUZIA ALVES LEONOR EDUARDO</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3953/3953_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3953/3953_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR À FAMÍLIA DE JOÃO ISRAEL NEVES ZALLA</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3954/3954_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3954/3954_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR À FAMÍLIA DA SENHORA LEONOR BUENO PALOTA.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3955/3955_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3955/3955_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR À FAMÍLIA DO SENHOR EMILIANO SABINO DE MELO</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3956/3956_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3956/3956_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTOS DE PESAR À FAMÍLIA DO SENHOR RAMIRO DE OLIVEIRA</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3965/3965_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3965/3965_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO DE PESAR À FAMÍLIA DO SENHOR SALIR CLAUDIO PAIS VIEIRA</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3971/3971_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3971/3971_texto_integral.doc</t>
   </si>
   <si>
     <t>PESAR  SENHORA MARIA APARECIDA DE PAULA SILVEIRA</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4003/4003_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4003/4003_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO PESAR SENHOR NELSON FERNANDES DE MATOS</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3999/3999_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3999/3999_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO PESAR   VITOR JOSE RODRIGUES </t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4004/4004_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4004/4004_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO PESAR SENHOR REURISON PINHO DE SOUZA</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4005/4005_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4005/4005_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO PESAR SENHOR ROBERT ALEXANDER J. DA SILVA BERNA</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4006/4006_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4006/4006_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO PESAR SENHORA BERENICE DIAS DA CRUZ</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4011/4011_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4011/4011_texto_integral.doc</t>
   </si>
   <si>
     <t>SENHOR PRUDENTE MANOEL DE ARAÚJO</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4045/4045_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4045/4045_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO PESAR SENHOR ABÍLIO CORREA.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4046/4046_texto_integral.doc</t>
+    <t>http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4046/4046_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO PESAR SENHOR RENATO CHIOZZOTTO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9473,67 +9473,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3388/3388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3389/3389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4009/4009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4010/4010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4049/4049_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3384/3384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3385/3385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3386/3386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3387/3387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3423/3423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3455/3455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3476/3476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3501/3501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3528/3528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3550/3550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3578/3578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3606/3606_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3626/3626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3650/3650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3672/3672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3685/3685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3716/3716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3740/3740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3760/3760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3780/3780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3789/3789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3817/3817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3841/3841_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3862/3862_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3874/3874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3910/3910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3909/3909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3916/3916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3917/3917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3926/3926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3929/3929_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3940/3940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3952/3952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3957/3957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3973/3973_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3978/3978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4000/4000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4008/4008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4023/4023_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4037/4037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4047/4047_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4048/4048_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3195/3195_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3196/3196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3197/3197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3198/3198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3199/3199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3200/3200_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3201/3201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3202/3202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3203/3203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3204/3204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3205/3205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3206/3206_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3207/3207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3208/3208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3209/3209_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3210/3210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3212/3212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3213/3213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3214/3214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3215/3215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3216/3216_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3217/3217_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3218/3218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3219/3219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3220/3220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3221/3221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3222/3222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3223/3223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3224/3224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3225/3225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3226/3226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3227/3227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3228/3228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3229/3229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3230/3230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3231/3231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3232/3232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3233/3233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3234/3234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3236/3236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3239/3239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3240/3240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3241/3241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3242/3242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3244/3244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3246/3246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3284/3284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3285/3285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3286/3286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3287/3287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3288/3288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3289/3289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3290/3290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3291/3291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3294/3294_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3295/3295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3296/3296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3297/3297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3298/3298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3299/3299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3300/3300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3301/3301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3302/3302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3303/3303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3304/3304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3305/3305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3325/3325_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3326/3326_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3327/3327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3328/3328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3329/3329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3330/3330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3331/3331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3332/3332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3333/3333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3334/3334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3335/3335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3336/3336_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3337/3337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3338/3338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3339/3339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3340/3340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3341/3341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3342/3342_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3343/3343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3344/3344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3345/3345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3346/3346_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3347/3347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3369/3369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3370/3370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3371/3371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3372/3372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3373/3373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3374/3374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3375/3375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3376/3376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3377/3377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3378/3378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3379/3379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3380/3380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3381/3381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3382/3382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3383/3383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3405/3405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3406/3406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3408/3408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3409/3409_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3410/3410_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3411/3411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3412/3412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3413/3413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3414/3414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3415/3415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3416/3416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3424/3424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3425/3425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3426/3426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3427/3427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3428/3428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3429/3429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3430/3430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3431/3431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3432/3432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3433/3433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3434/3434_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3435/3435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3436/3436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3437/3437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3438/3438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3439/3439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3440/3440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3450/3450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3456/3456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3457/3457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3458/3458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3459/3459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3460/3460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3461/3461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3462/3462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3463/3463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3477/3477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3478/3478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3479/3479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3480/3480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3481/3481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3482/3482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3483/3483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3484/3484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3504/3504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3505/3505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3507/3507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3508/3508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3509/3509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3510/3510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3511/3511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3512/3512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3513/3513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3514/3514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3515/3515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3516/3516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3543/3543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3529/3529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3530/3530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3542/3542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3532/3532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3533/3533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3545/3545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3534/3534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3535/3535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3536/3536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3537/3537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3538/3538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3544/3544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3539/3539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3540/3540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3541/3541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3560/3560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3561/3561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3562/3562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3563/3563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3564/3564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3565/3565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3566/3566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3567/3567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3568/3568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3569/3569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3570/3570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3583/3583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3584/3584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3585/3585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3586/3586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3587/3587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3588/3588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3589/3589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3590/3590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3591/3591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3592/3592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3593/3593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3594/3594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3611/3611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3613/3613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3615/3615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3617/3617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3619/3619_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3621/3621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3622/3622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3624/3624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3625/3625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3629/3629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3630/3630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3631/3631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3632/3632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3633/3633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3634/3634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3635/3635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3636/3636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3637/3637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3653/3653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3654/3654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3655/3655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3656/3656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3657/3657_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3658/3658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3659/3659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3660/3660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3661/3661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3662/3662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3673/3673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3674/3674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3675/3675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3676/3676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3677/3677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3678/3678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3679/3679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3680/3680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3681/3681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3682/3682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3683/3683_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3684/3684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3703/3703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3705/3705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3707/3707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3711/3711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3712/3712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3713/3713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3714/3714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3715/3715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3729/3729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3730/3730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3731/3731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3732/3732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3733/3733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3734/3734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3735/3735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3736/3736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3737/3737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3738/3738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3739/3739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3742/3742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3743/3743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3744/3744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3745/3745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3746/3746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3747/3747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3748/3748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3749/3749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3750/3750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3761/3761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3762/3762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3763/3763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3764/3764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3765/3765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3781/3781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3782/3782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3783/3783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3784/3784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3785/3785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3786/3786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3787/3787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3788/3788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3796/3796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3797/3797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3798/3798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3799/3799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3804/3804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3805/3805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3806/3806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3807/3807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3808/3808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3809/3809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3842/3842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3843/3843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3844/3844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3845/3845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3846/3846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3847/3847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3848/3848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3849/3849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3868/3868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3869/3869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3870/3870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3871/3871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3872/3872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3873/3873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3876/3876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3877/3877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3878/3878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3879/3879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3880/3880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3881/3881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3882/3882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3883/3883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3884/3884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3896/3896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3897/3897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3898/3898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3899/3899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3900/3900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3905/3905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3919/3919_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3923/3923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3924/3924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3925/3925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3939/3939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3943/3943_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3944/3944_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3945/3945_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3946/3946_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3960/3960_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3961/3961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3968/3968_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3969/3969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3970/3970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3991/3991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3992/3992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3993/3993_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3994/3994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3997/3997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3995/3995_texto_integral.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3996/3996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4013/4013_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4014/4014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4015/4015_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4016/4016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4017/4017_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4018/4018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4035/4035_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4038/4038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4039/4039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4040/4040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3645/3645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3417/3417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3418/3418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3558/3558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3768/3768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3810/3810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3851/3851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3852/3852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3853/3853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3854/3854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3855/3855_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3966/3966_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3972/3972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4007/4007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3811/3811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3172/01_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3173/02_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3174/3174_texto_integral.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3419/04_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3420/05_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3421/06_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3454/07_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3485/08_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3486/09_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3502/10_2008_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3503/11_2008_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3556/12_2008-lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3557/13_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3608/14_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3627/15_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3652/16_2008-marcio_aparecido_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3697/17_2008-mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3741/18_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3757/19_2008_-_lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3758/20_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3759/21_2008-prefeito_munical.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3766/22_2008-tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3767/23_2008-fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3812/24_2008-antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3813/25_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3814/26_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3815/27_2008-joao_cau.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3816/28_2008-lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3825/29_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3826/30_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3827/31_2008_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3828/32_2008_-_alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3829/33_2008_-_antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3830/34_2008_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3831/35_2008_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3832/36_2008_-_marcio_aparecido_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3833/37_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3834/38_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3835/39_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3836/40_2008_-_tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3837/41_2008-tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3838/42_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3839/43_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3840/44_2008-prefeito_municipla.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3850/45_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3894/46_2008_-_tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3906/47_2008_-_antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3907/48_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3908/49_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3911/50_2008_-_antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3920/51_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3921/52_2008-marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3922/53_2008-alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3927/54_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3928/55_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3951/56_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3958/57_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3959/58_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3976/3976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3977/60_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3988/61_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3985/62_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3986/63_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3987/64_2008_-_antnio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3998/65_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4001/66_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4002/67_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4012/68_2008_-_alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4030/69_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4031/70_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4032/71_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4033/72_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4034/73_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3487/3487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3488/3488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3651/3651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3696/3696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3967/3967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3990/3990_texto_integral.doc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3178/3178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3179/3179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3180/3180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3181/3181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3182/3182_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3183/3183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3265/3265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3185/3185_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3186/3186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3188/3188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3189/3189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3190/3190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3191/3191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3192/3192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3193/3193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3194/3194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3238/3238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3247/3247_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3248/3248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3249/3249_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3250/3250_texto_integral.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3251/3251_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3252/3252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3253/3253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3254/3254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3255/3255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3256/3256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3257/3257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3258/3258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3259/3259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3260/3260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3261/3261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3262/3262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3263/3263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3264/3264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3268/3268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3269/3269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3270/3270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3271/3271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3272/3272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3273/3273_texto_integral.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3274/3274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3275/3275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3276/3276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3277/3277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3278/3278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3279/3279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3280/3280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3281/3281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3282/3282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3283/3283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3306/3306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3307/3307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3308/3308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3309/3309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3310/3310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3311/3311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3312/3312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3313/3313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3314/3314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3315/3315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3316/3316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3317/3317_texto_integral.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3318/3318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3319/3319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3320/3320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3321/3321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3322/3322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3323/3323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3324/3324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3348/3348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3352/3352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3353/3353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3354/3354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3355/3355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3356/3356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3357/3357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3358/3358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3359/3359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3360/3360_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3366/3366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3367/3367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3368/3368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3396/3396_texto_integral.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3397/3397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3398/3398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3399/3399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3400/3400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3401/3401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3402/3402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3403/3403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3404/3404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3442/3442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3443/3443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3444/3444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3445/3445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3446/3446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3447/3447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3448/3448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3449/3449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3451/3451_texto_integral.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3452/3452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3453/3453_texto_integral.doc" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3468/3468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3469/3469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3470/3470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3471/3471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3472/3472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3473/3473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3474/3474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3475/3475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3490/3490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3491/3491_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3492/3492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3493/3493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3494/3494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3495/3495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3496/3496_texto_integral.doc" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3497/3497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3498/3498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3499/3499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3519/3519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3520/3520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3521/3521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3522/3522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3523/3523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3524/3524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3525/3525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3527/3527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3551/3551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3552/3552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3553/3553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3554/3554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3555/3555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3559/3559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3571/3571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3572/3572_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3573/3573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3574/3574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3575/3575_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3576/3576_texto_integral.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3577/3577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3599/3599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3600/3600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3601/3601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3602/3602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3603/3603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3604/3604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3605/3605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3607/3607_texto_integral.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3609/3609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3610/3610_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3612/3612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3614/3614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3616/3616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3618/3618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3620/3620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3623/3623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3640/3640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3641/3641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3642/3642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3643/3643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3644/3644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3646/3646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3647/3647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3648/3648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3649/3649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3667/3667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3668/3668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3669/3669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3670/3670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3671/3671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3688/3688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3689/3689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3690/3690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3691/3691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3692/3692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3693/3693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3694/3694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3695/3695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3701/3701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3702/3702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3704/3704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3706/3706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3708/3708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3709/3709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3710/3710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3721/3721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3722/3722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3723/3723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3724/3724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3725/3725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3726/3726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3727/3727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3728/3728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3755/3755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3756/3756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3773/3773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3774/3774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3775/3775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3776/3776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3777/3777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3778/3778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3779/3779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3790/3790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3791/3791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3801/3801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3802/3802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3803/3803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3819/3819_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3820/3820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3821/3821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3822/3822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3859/3859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3860/3860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3861/3861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3864/3864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3865/3865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3866/3866_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3867/3867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3888/3888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3889/3889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3890/3890_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3891/3891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3892/3892_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3893/3893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3901/3901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3902/3902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3903/3903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3904/3904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3914/3914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3915/3915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3931/3931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3932/3932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3941/3941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3942/3942_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3948/3948_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3949/3949_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3950/3950_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3962/3962_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3963/3963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3964/3964_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3974/3974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3975/3975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3980/3980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3981/3981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3982/3982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3983/3983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3984/3984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4020/4020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4021/4021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4022/4022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4025/4025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4026/4026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4027/4027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4028/4028_texto_integral.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4029/4029_texto_integral.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4042/4042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3176/3176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3237/3237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3266/3266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3267/3267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3349/3349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3395/3395_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3467/3467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3517/3517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3518/3518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3548/3548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3549/3549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3579/3579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3580/3580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3597/3597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3598/3598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3638/3638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3639/3639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3665/3665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3666/3666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3687/3687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3699/3699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3700/3700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3717/3717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3718/3718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3719/3719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3720/3720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3752/3752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3771/3771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3772/3772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3792/3792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3793/3793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3800/3800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3857/3857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3858/3858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3887/3887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3933/3933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3934/3934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3935/3935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3936/3936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3937/3937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3938/3938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3947/3947_texto_integral.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3989/3989_texto_integral.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4019/4019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4024/4024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4036/4036_texto_integral.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4043/4043_texto_integral.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4041/4041_texto_integral.doc" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3979/3979_texto_integral.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3175/3175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3243/3243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3245/3245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3235/3235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3350/3350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3351/3351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3394/3394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3753/3753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3441/3441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3464/3464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3465/3465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3466/3466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3489/3489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3500/3500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3754/3754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3546/3546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3547/3547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3581/3581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3582/3582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3595/3595_texto_integral.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3596/3596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3664/3664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3663/3663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3686/3686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3698/3698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3751/3751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3769/3769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3770/3770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3794/3794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3795/3795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3856/3856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3863/3863_texto_integral.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3875/3875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3885/3885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3886/3886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3895/3895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3912/3912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3913/3913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3918/3918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3930/3930_texto_integral.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3953/3953_texto_integral.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3954/3954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3955/3955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3956/3956_texto_integral.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3965/3965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3971/3971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4003/4003_texto_integral.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3999/3999_texto_integral.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4004/4004_texto_integral.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4005/4005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4006/4006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4011/4011_texto_integral.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4045/4045_texto_integral.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4046/4046_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3388/3388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3389/3389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4009/4009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4010/4010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4049/4049_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3384/3384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3385/3385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3386/3386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3387/3387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3423/3423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3455/3455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3476/3476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3501/3501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3528/3528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3550/3550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3578/3578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3606/3606_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3626/3626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3650/3650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3672/3672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3685/3685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3716/3716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3740/3740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3760/3760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3780/3780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3789/3789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3817/3817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3841/3841_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3862/3862_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3874/3874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3910/3910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3909/3909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3916/3916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3917/3917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3926/3926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3929/3929_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3940/3940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3952/3952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3957/3957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3973/3973_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3978/3978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4000/4000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4008/4008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4023/4023_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4037/4037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4047/4047_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4048/4048_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3195/3195_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3196/3196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3197/3197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3198/3198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3199/3199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3200/3200_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3201/3201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3202/3202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3203/3203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3204/3204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3205/3205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3206/3206_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3207/3207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3208/3208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3209/3209_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3210/3210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3211/3211_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3212/3212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3213/3213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3214/3214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3215/3215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3216/3216_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3217/3217_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3218/3218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3219/3219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3220/3220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3221/3221_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3222/3222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3223/3223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3224/3224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3225/3225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3226/3226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3227/3227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3228/3228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3229/3229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3230/3230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3231/3231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3232/3232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3233/3233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3234/3234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3236/3236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3239/3239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3240/3240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3241/3241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3242/3242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3244/3244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3246/3246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3284/3284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3285/3285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3286/3286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3287/3287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3288/3288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3289/3289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3290/3290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3291/3291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3292/3292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3293/3293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3294/3294_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3295/3295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3296/3296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3297/3297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3298/3298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3299/3299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3300/3300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3301/3301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3302/3302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3303/3303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3304/3304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3305/3305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3325/3325_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3326/3326_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3327/3327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3328/3328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3329/3329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3330/3330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3331/3331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3332/3332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3333/3333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3334/3334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3335/3335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3336/3336_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3337/3337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3338/3338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3339/3339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3340/3340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3341/3341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3342/3342_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3343/3343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3344/3344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3345/3345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3346/3346_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3347/3347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3369/3369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3370/3370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3371/3371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3372/3372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3373/3373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3374/3374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3375/3375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3376/3376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3377/3377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3378/3378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3379/3379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3380/3380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3381/3381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3382/3382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3383/3383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3405/3405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3406/3406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3408/3408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3409/3409_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3410/3410_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3411/3411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3412/3412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3413/3413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3414/3414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3415/3415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3416/3416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3424/3424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3425/3425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3426/3426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3427/3427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3428/3428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3429/3429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3430/3430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3431/3431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3432/3432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3433/3433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3434/3434_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3435/3435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3436/3436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3437/3437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3438/3438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3439/3439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3440/3440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3450/3450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3456/3456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3457/3457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3458/3458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3459/3459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3460/3460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3461/3461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3462/3462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3463/3463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3477/3477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3478/3478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3479/3479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3480/3480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3481/3481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3482/3482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3483/3483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3484/3484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3504/3504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3505/3505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3506/3506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3507/3507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3508/3508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3509/3509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3510/3510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3511/3511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3512/3512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3513/3513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3514/3514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3515/3515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3516/3516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3543/3543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3529/3529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3530/3530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3542/3542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3531/3531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3532/3532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3533/3533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3545/3545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3534/3534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3535/3535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3536/3536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3537/3537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3538/3538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3544/3544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3539/3539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3540/3540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3541/3541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3560/3560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3561/3561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3562/3562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3563/3563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3564/3564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3565/3565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3566/3566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3567/3567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3568/3568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3569/3569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3570/3570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3583/3583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3584/3584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3585/3585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3586/3586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3587/3587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3588/3588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3589/3589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3590/3590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3591/3591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3592/3592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3593/3593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3594/3594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3611/3611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3613/3613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3615/3615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3617/3617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3619/3619_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3621/3621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3622/3622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3624/3624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3625/3625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3629/3629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3630/3630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3631/3631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3632/3632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3633/3633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3634/3634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3635/3635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3636/3636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3637/3637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3653/3653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3654/3654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3655/3655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3656/3656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3657/3657_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3658/3658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3659/3659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3660/3660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3661/3661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3662/3662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3673/3673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3674/3674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3675/3675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3676/3676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3677/3677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3678/3678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3679/3679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3680/3680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3681/3681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3682/3682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3683/3683_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3684/3684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3703/3703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3705/3705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3707/3707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3711/3711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3712/3712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3713/3713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3714/3714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3715/3715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3729/3729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3730/3730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3731/3731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3732/3732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3733/3733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3734/3734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3735/3735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3736/3736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3737/3737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3738/3738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3739/3739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3742/3742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3743/3743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3744/3744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3745/3745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3746/3746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3747/3747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3748/3748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3749/3749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3750/3750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3761/3761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3762/3762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3763/3763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3764/3764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3765/3765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3781/3781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3782/3782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3783/3783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3784/3784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3785/3785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3786/3786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3787/3787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3788/3788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3796/3796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3797/3797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3798/3798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3799/3799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3804/3804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3805/3805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3806/3806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3807/3807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3808/3808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3809/3809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3842/3842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3843/3843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3844/3844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3845/3845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3846/3846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3847/3847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3848/3848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3849/3849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3868/3868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3869/3869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3870/3870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3871/3871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3872/3872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3873/3873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3876/3876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3877/3877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3878/3878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3879/3879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3880/3880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3881/3881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3882/3882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3883/3883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3884/3884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3896/3896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3897/3897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3898/3898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3899/3899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3900/3900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3905/3905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3919/3919_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3923/3923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3924/3924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3925/3925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3939/3939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3943/3943_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3944/3944_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3945/3945_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3946/3946_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3960/3960_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3961/3961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3968/3968_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3969/3969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3970/3970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3991/3991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3992/3992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3993/3993_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3994/3994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3997/3997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3995/3995_texto_integral.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3996/3996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4013/4013_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4014/4014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4015/4015_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4016/4016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4017/4017_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4018/4018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4035/4035_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4038/4038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4039/4039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4040/4040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3645/3645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3417/3417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3418/3418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3558/3558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3768/3768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3810/3810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3851/3851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3852/3852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3853/3853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3854/3854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3855/3855_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3966/3966_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3972/3972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4007/4007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3811/3811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3172/01_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3173/02_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3174/3174_texto_integral.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3419/04_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3420/05_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3421/06_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3454/07_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3485/08_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3486/09_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3502/10_2008_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3503/11_2008_-_orlando_herrera_dias.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3556/12_2008-lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3557/13_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3608/14_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3627/15_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3652/16_2008-marcio_aparecido_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3697/17_2008-mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3741/18_2008-prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3757/19_2008_-_lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3758/20_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3759/21_2008-prefeito_munical.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3766/22_2008-tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3767/23_2008-fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3812/24_2008-antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3813/25_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3814/26_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3815/27_2008-joao_cau.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3816/28_2008-lazaro_alberto_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3825/29_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3826/30_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3827/31_2008_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3828/32_2008_-_alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3829/33_2008_-_antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3830/34_2008_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3831/35_2008_-_joao_cau.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3832/36_2008_-_marcio_aparecido_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3833/37_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3834/38_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3835/39_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3836/40_2008_-_tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3837/41_2008-tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3838/42_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3839/43_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3840/44_2008-prefeito_municipla.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3850/45_2008_-_fernando_de_oliveira_souza.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3894/46_2008_-_tomaz_mobile_neto.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3906/47_2008_-_antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3907/48_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3908/49_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3911/50_2008_-_antonio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3920/51_2008-pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3921/52_2008-marcelo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3922/53_2008-alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3927/54_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3928/55_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3951/56_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3958/57_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3959/58_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3976/3976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3977/60_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3988/61_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3985/62_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3986/63_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3987/64_2008_-_antnio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/3998/65_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4001/66_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4002/67_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4012/68_2008_-_alvaro_jose_latance.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4030/69_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4031/70_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4032/71_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4033/72_2008_-_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2008/4034/73_2008_-_pedro_nunes_filho.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3487/3487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3488/3488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3651/3651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3696/3696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3967/3967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3990/3990_texto_integral.doc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3178/3178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3179/3179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3180/3180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3181/3181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3182/3182_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3183/3183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3184/3184_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3265/3265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3185/3185_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3186/3186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3187/3187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3188/3188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3189/3189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3190/3190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3191/3191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3192/3192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3193/3193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3194/3194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3238/3238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3247/3247_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3248/3248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3249/3249_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3250/3250_texto_integral.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3251/3251_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3252/3252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3253/3253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3254/3254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3255/3255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3256/3256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3257/3257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3258/3258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3259/3259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3260/3260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3261/3261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3262/3262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3263/3263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3264/3264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3268/3268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3269/3269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3270/3270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3271/3271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3272/3272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3273/3273_texto_integral.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3274/3274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3275/3275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3276/3276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3277/3277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3278/3278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3279/3279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3280/3280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3281/3281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3282/3282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3283/3283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3306/3306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3307/3307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3308/3308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3309/3309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3310/3310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3311/3311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3312/3312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3313/3313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3314/3314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3315/3315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3316/3316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3317/3317_texto_integral.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3318/3318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3319/3319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3320/3320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3321/3321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3322/3322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3323/3323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3324/3324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3348/3348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3352/3352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3353/3353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3354/3354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3355/3355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3356/3356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3357/3357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3358/3358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3359/3359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3360/3360_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3361/3361_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3362/3362_texto_integral.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3363/3363_texto_integral.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3364/3364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3365/3365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3366/3366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3367/3367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3368/3368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3396/3396_texto_integral.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3397/3397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3398/3398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3399/3399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3400/3400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3401/3401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3402/3402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3403/3403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3404/3404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3422/3422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3442/3442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3443/3443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3444/3444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3445/3445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3446/3446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3447/3447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3448/3448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3449/3449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3451/3451_texto_integral.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3452/3452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3453/3453_texto_integral.doc" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3468/3468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3469/3469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3470/3470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3471/3471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3472/3472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3473/3473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3474/3474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3475/3475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3490/3490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3491/3491_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3492/3492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3493/3493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3494/3494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3495/3495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3496/3496_texto_integral.doc" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3497/3497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3498/3498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3499/3499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3519/3519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3520/3520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3521/3521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3522/3522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3523/3523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3524/3524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3525/3525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3526/3526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3527/3527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3551/3551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3552/3552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3553/3553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3554/3554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3555/3555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3559/3559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3571/3571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3572/3572_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3573/3573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3574/3574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3575/3575_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3576/3576_texto_integral.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3577/3577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3599/3599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3600/3600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3601/3601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3602/3602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3603/3603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3604/3604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3605/3605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3607/3607_texto_integral.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3609/3609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3610/3610_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3612/3612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3614/3614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3616/3616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3618/3618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3620/3620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3623/3623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3640/3640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3641/3641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3642/3642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3643/3643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3644/3644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3646/3646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3647/3647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3648/3648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3649/3649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3667/3667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3668/3668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3669/3669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3670/3670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3671/3671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3688/3688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3689/3689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3690/3690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3691/3691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3692/3692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3693/3693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3694/3694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3695/3695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3701/3701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3702/3702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3704/3704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3706/3706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3708/3708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3709/3709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3710/3710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3721/3721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3722/3722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3723/3723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3724/3724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3725/3725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3726/3726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3727/3727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3728/3728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3755/3755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3756/3756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3773/3773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3774/3774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3775/3775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3776/3776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3777/3777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3778/3778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3779/3779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3790/3790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3791/3791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3801/3801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3802/3802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3803/3803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3819/3819_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3820/3820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3821/3821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3822/3822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3859/3859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3860/3860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3861/3861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3864/3864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3865/3865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3866/3866_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3867/3867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3888/3888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3889/3889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3890/3890_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3891/3891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3892/3892_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3893/3893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3901/3901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3902/3902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3903/3903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3904/3904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3914/3914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3915/3915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3931/3931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3932/3932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3941/3941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3942/3942_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3948/3948_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3949/3949_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3950/3950_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3962/3962_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3963/3963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3964/3964_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3974/3974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3975/3975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3980/3980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3981/3981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3982/3982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3983/3983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3984/3984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4020/4020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4021/4021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4022/4022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4025/4025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4026/4026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4027/4027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4028/4028_texto_integral.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4029/4029_texto_integral.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4042/4042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3176/3176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3177/3177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3237/3237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3266/3266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3267/3267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3349/3349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3395/3395_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3467/3467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3517/3517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3518/3518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3548/3548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3549/3549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3579/3579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3580/3580_texto_integral.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3597/3597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3598/3598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3638/3638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3639/3639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3665/3665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3666/3666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3687/3687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3699/3699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3700/3700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3717/3717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3718/3718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3719/3719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3720/3720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3752/3752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3771/3771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3772/3772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3792/3792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3793/3793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3800/3800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3857/3857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3858/3858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3887/3887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3933/3933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3934/3934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3935/3935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3936/3936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3937/3937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3938/3938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3947/3947_texto_integral.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3989/3989_texto_integral.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4019/4019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4024/4024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4036/4036_texto_integral.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4043/4043_texto_integral.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4041/4041_texto_integral.doc" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3979/3979_texto_integral.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3175/3175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3243/3243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3245/3245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3235/3235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3350/3350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3351/3351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3394/3394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3753/3753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3441/3441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3464/3464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3465/3465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3466/3466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3489/3489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3500/3500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3754/3754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3546/3546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3547/3547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3581/3581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3582/3582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3595/3595_texto_integral.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3596/3596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3664/3664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3663/3663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3686/3686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3698/3698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3751/3751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3769/3769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3770/3770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3794/3794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3795/3795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3856/3856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3863/3863_texto_integral.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3875/3875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3885/3885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3886/3886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3895/3895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3912/3912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3913/3913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3918/3918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3930/3930_texto_integral.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3953/3953_texto_integral.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3954/3954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3955/3955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3956/3956_texto_integral.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3965/3965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3971/3971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4003/4003_texto_integral.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/3999/3999_texto_integral.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4004/4004_texto_integral.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4005/4005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4006/4006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4011/4011_texto_integral.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4045/4045_texto_integral.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.votorantim.sp.leg.br/media/./sapl/public/materialegislativa/2008/4046/4046_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H870"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>