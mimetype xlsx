--- v0 (2025-12-18)
+++ v1 (2026-02-22)
@@ -10,98 +10,1886 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1280" uniqueCount="612">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>23043</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>ATAO</t>
+  </si>
+  <si>
+    <t>ATA de Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23043/ata_-_1a_s._o._-_03-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 1ª SESSÃO ORDINÁRIA, DA 2ª SESSÃO LEGISLATIVA, DA 15ª LEGISLATURA, REALIZADA EM 3 DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>23121</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23121/ata_-_2a_s._o._-_10-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 2ª SESSÃO ORDINÁRIA, DA 2ª SESSÃO LEGISLATIVA, DA 15ª LEGISLATURA, REALIZADA EM 10 DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>23201</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>ATA DA 3ª SESSÃO ORDINÁRIA, DA 2ª SESSÃO LEGISLATIVA, DA 15ª LEGISLATURA, REALIZADA EM 20 DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>23197</t>
+  </si>
+  <si>
+    <t>EMSB</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva</t>
+  </si>
+  <si>
+    <t>Gaguinho</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva nº 01 ao Projeto de Lei Ordinária nº 001/26, de autoria do Vereador José Antonio de Oliveira, que dispõe sobre denominação de próprio municipal – Praça “Francisco Aparecido Ferreira”.</t>
+  </si>
+  <si>
+    <t>23198</t>
+  </si>
+  <si>
+    <t>Rodrigo Kriguer</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva nº 01 ao Projeto de Lei Ordinária nº 003/26, de autoria do Vereador Rodrigo de Melo Kriguer, que autoriza o Poder Executivo a instituir o Programa “Votorantim Cuida &amp; Empreende” de estímulo ao empreendedorismo de mães e tutores atípicos, no Município de Votorantim.</t>
+  </si>
+  <si>
+    <t>22985</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Professor Luciano da Camps</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22985/001-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que junto com a Secretaria de Mobilidade Urbana – SEMOB realize um estudo técnico para a execução de melhorias no trânsito, da rotatória localizada na Avenida Luiz do Patrocino Fernandes, que dá acesso à Avenida Philomena Lopes Vasques, em frente à EMEF “Prof. Abimael Carlos de Campos”, no bairro Rio Acima.</t>
+  </si>
+  <si>
+    <t>22987</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22987/002-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que junto com os setores competentes, realize a pavimentação e iluminação na Viela que liga a Rua Luiz Carrara na altura do número 164 à Rua Donizete Pereira de Carvalho altura do número 114, no bairro Altos do Fortaleza.</t>
+  </si>
+  <si>
+    <t>22988</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22988/003-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos – SESP, realize a manutenção asfáltica “Tapa – Buraco”, na Rua Nadir Pinto Vieira, iniciando no número 102 até o número 136, no bairro Altos do Fortaleza.</t>
+  </si>
+  <si>
+    <t>22989</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Ronaldo Camargo</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22989/004-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que determine ao setor técnico competente a avaliação técnica nos afundamentos recorrentes do pavimento asfáltico, que persistem mesmo após intervenções de manutenções, nos seguintes logradouros:  Rua Lourenço Moura, em frente ao nº 117 – Bairro São Matheus; Rua Waldomiro dos Santos, em frente ao nº 460 – Bairro Vila Nova Votorantim; Rua Lina Picoloto dos Santos, em frente ao nº 13 – Bairro Vila Nova Votorantim.</t>
+  </si>
+  <si>
+    <t>22990</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22990/005-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio de setor competente, realize curso de Primeiros Socorros para TODOS os profissionais da educação da rede municipal, conforme estabelece a Lei Federal nº 13.722/2018 – Lei Lucas.</t>
+  </si>
+  <si>
+    <t>22991</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22991/006-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que setor competente da Secretaria Municipal de Saúde adote as providências necessárias para o repasse do Incentivo Financeiro Adicional aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE), conforme previsto nas normas federais vigentes.</t>
+  </si>
+  <si>
+    <t>22992</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Daniel da Farmácia</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22992/007-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de realizar a “ZELADORIA COMPLETA NA CALÇADA”, na Rua Basílio Mazei, do lado do córrego, no bairro Barra Funda.</t>
+  </si>
+  <si>
+    <t>22993</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22993/008-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de executar operação “Tapa Buracos”, na calçada da Rua Basílio Mazei, em frente ao nº 236, no Bairro Barra Funda.</t>
+  </si>
+  <si>
+    <t>22994</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22994/009-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de consertar a calçada da Avenida Luiz do Patrocíno Fernandes, esquina com Rua Sorocaba, no bairro Dominguinho.</t>
+  </si>
+  <si>
+    <t>22995</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Rogério Lima</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22995/010-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal por meio do setor competente, estudar a implantação de três redutores de velocidade ao longo de toda a extensão da Rua Adão Martins, localizada no bairro Jardim Tatiana.</t>
+  </si>
+  <si>
+    <t>22996</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22996/011-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal por meio do setor competente, a realização de operação tapa-buraco em toda a extensão da Rua Braz José Anhaia, localizada no bairro Jardim Tatiana.</t>
+  </si>
+  <si>
+    <t>22997</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22997/012-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal por intermédio do setor competente, a necessidade de realizar serviços de limpeza e roçagem em áreas e logradouros públicos localizados no bairro Jardim Tatiana, neste município.</t>
+  </si>
+  <si>
+    <t>22999</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Pastor Dr. Luiz Carlos-PL</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22999/013-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Mobilidade Urbana - SEMOB realize um estudo técnico para avaliar e melhorar as sinalizações de trânsito seja vertical ou horizontal, existente atualmente na Avenida Adolpho Massaglia, nas imediações do Espaço Resenha.</t>
+  </si>
+  <si>
+    <t>23000</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23000/014-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria Serviços Públicos (Sesp), providencie o reparo no pavimento asfáltico da Avenida São João em frente ao número 432, onde foram realizados os devidos reparos de uma galeria de águas pluviais.</t>
+  </si>
+  <si>
+    <t>23001</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23001/015-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos (Sesp), providencie os serviços de “tapa buracos” na Avenida Jaziel de Azeredo Ribeiro, principalmente, na altura dos números 365 e 385, no bairro Vila Garcia.</t>
+  </si>
+  <si>
+    <t>23002</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23002/016-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente instale contêineres de coleta de lixo nas ruas: Eupidio Martins, Olivio Calixto Queiroga, Isabel de Campos, Antonio Munhoz e Aristides Ferreira, no bairro Jardim Araujo.</t>
+  </si>
+  <si>
+    <t>23003</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23003/017-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias, e designe uma equipe para realizar uma operação tapa buraco nas ruas: Orlando Brasil, Nicolau Lopes, Ilerione Ceretta e Benedito Lazaro no bairro Jardim Maria José.</t>
+  </si>
+  <si>
+    <t>23004</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23004/018-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias com relação à revitalização da sinalização horizontal (demarcações de solo) ao longo de toda a extensão da Avenida Pedro Augusto Rangel, principalmente a área que circunda o dinâmico comércio próximo à altura do número 2.350.</t>
+  </si>
+  <si>
+    <t>23005</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Roberto França</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23005/019-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de implantar um redutor de velocidade do tipo radar, tachão ou lombada – URGENTE, na Rua João Cassetari número 24, no Bairro Vila Domingues.</t>
+  </si>
+  <si>
+    <t>23006</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23006/020-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de realizar a manutenção necessária no afundamento asfáltico, localizado na Rua Emílio Nazareth Milone, nº 39 – Bairro Jardim Maria José.</t>
+  </si>
+  <si>
+    <t>23007</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23007/021-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade dos próprios municipais de nossa cidade ter vigias para que os mesmos não sejam furtados e destruídos.</t>
+  </si>
+  <si>
+    <t>23008</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23008/022-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal para que Secretaria Municipal de Serviços Públicos adote as providências necessárias e urgentes, consistentes na substituição do contêiner de coleta de lixo atualmente danificado, instalado na Rua Lina Piccoloto dos Santos, nº 144, no bairro Vila Nova Votorantim, bem como na ampliação do número de contêineres disponíveis no referido local, a fim de atender de maneira adequada à demanda existente e assegurar a correta destinação dos resíduos sólidos.</t>
+  </si>
+  <si>
+    <t>23009</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23009/023-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria Municipal competente, adote providências urgentes visando à realização de operação tapa-buracos em toda a extensão da estrada vicinal que margeia a Represa de Itupararanga.</t>
+  </si>
+  <si>
+    <t>23010</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23010/024-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal por meio da Secretaria Municipal de Meio Ambiente, que sejam adotadas providências urgentes para a realização de serviços de poda de árvores e arbustos, jardinagem completa e limpeza geral no jardim público localizado na esquina da Rua Monte Alegre com a Rua Francisco Paula Santos, no Centro deste município.</t>
+  </si>
+  <si>
+    <t>23011</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Fernando Fernandes</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23011/025-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feito a limpeza e roçagem da Praça localizado na Rua Zulmira Biagiotti Gimenes, no bairro Jardim Ana Claudia.</t>
+  </si>
+  <si>
+    <t>23012</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23012/026-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feita a troca da lâmpada queimada do poste localizado na Rua Achyles de Toledo, em frente ao número 124, bairro Jardim Toledo.</t>
+  </si>
+  <si>
+    <t>23013</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23013/027-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feita a roçagem no entorno do campo de futebol, localizado à Rua Emma Damont Monari, altura do número 171, bairro Jardim Icatu.</t>
+  </si>
+  <si>
+    <t>23014</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Diego da Padaria</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23014/028-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal junto a SESP - Secretaria de Serviços Públicos ou outros órgãos competentes, que se faça a limpeza do terreno público na Rua Ordália Batista de Sales no Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>23015</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23015/029-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal junto a SESP - Secretaria de Serviços Públicos ou outros órgãos competentes, que se faça o recapeamento asfáltico da Rua Espedito Antônio do Nascimento no bairro Jd. Novo Mundo.</t>
+  </si>
+  <si>
+    <t>23016</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23016/030-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal junto a SEMA - Secretaria de Meio Ambiente ou outros órgãos competentes, que se faça a poda de uma grande árvore situada na Rua Ordália Batista de Sales, 482, no bairro Jd. Primavera – Votorantim.</t>
+  </si>
+  <si>
+    <t>23017</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Lú Ferrari</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23017/031-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente faça um estudo sobre a possibilidade de construção de um abrigo para taxistas na Rua Miguel Dias, esquina com a Avenida 31 de Março, no Centro.</t>
+  </si>
+  <si>
+    <t>23018</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23018/032-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente realize a limpeza no terreno da UBS Jardim Clarice, localizada na Rua Mercedes Nardi Arcuri, no Jardim Clarice.</t>
+  </si>
+  <si>
+    <t>23067</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23067/033-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias, com relação à retirada da árvore localizada no passeio público da Rua Donizeti Pereira de Carvalho número 192, no bairro Altos de Fortaleza.</t>
+  </si>
+  <si>
+    <t>23068</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23068/034-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias, com relação à realização de reparos no asfalto “tapa buraco” na Rua Orlando Brasil no bairro Jardim Maria José.</t>
+  </si>
+  <si>
+    <t>23069</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23069/035-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias com relação à manutenção, limpeza e desentupimento das bocas de lobo na Av. Octávio Augusto Rangel altura do imóvel Nº 420, Jardim Toledo.</t>
+  </si>
+  <si>
+    <t>23070</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23070/036-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos – SESP realize a pintura da “Quadra Poliesportiva”, que confronta a Avenida Júlia Martins Rodrigues, com a Rua Helena Clorinda Tescaro Menegocci, no bairro Jardim Clarice.</t>
+  </si>
+  <si>
+    <t>23071</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23071/037-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos - SESP realize a manutenção asfáltica “Tapa – Buraco”, em toda a extensão da Rua José Nicoleti, no bairro Jardim Clarice.</t>
+  </si>
+  <si>
+    <t>23072</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23072/038-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Mobilidade Urbana – SEMOB realize um estudo técnico para a instalação de um ponto de ônibus, na Rua Angelino Pardini, na altura do número 271, no bairro Rio Acima.</t>
+  </si>
+  <si>
+    <t>23074</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23074/039-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que determine ao setor competente à implantação de placas informativas em locais públicos onde houver a realização de obras ou intervenções, inclusive aquelas executadas por empresas particulares, especialmente em praças, vias e demais espaços de uso coletivo.</t>
+  </si>
+  <si>
+    <t>23075</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23075/040-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente realize uma avaliação técnica para identificar as causas e apontar medidas para a solução definitiva do mau cheiro persistente na Rua Waldomiro dos Santos, em frente ao nº 338, no bairro Vila Nova Votorantim.</t>
+  </si>
+  <si>
+    <t>23076</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23076/041-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor técnico inclua a Escola Estadual Professora Clotilde Beline Capitani, localizada na Rua Roque Martins de Paula, nº 105 – Jardim Archilla, no itinerário do transporte público escolar.</t>
+  </si>
+  <si>
+    <t>23077</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23077/042-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Mobilidade Urbana (Semob) providencie à retirada de vários veículos abandonados na Rua Laércio Carrara, altura do número 29, no Jardim São Matheus.</t>
+  </si>
+  <si>
+    <t>23078</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23078/043-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos (Sesp) estude a possibilidade de fazer a troca da pintura da faixa de pedestres, para Faixa Viva, na Rua Sete de Setembro nº 250, no bairro Parque Bela Vista.</t>
+  </si>
+  <si>
+    <t>23079</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23079/044-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos (Sesp) realize os serviços de capinação e roçagem, na Rua Sorocaba a partir da numeração 246, no bairro Vila Dominguinho.</t>
+  </si>
+  <si>
+    <t>23080</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23080/045-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria competente, sejam adotadas as providências necessárias para a implantação de barras de apoio em todos os banheiros da Unidade de Estratégia de Saúde da Família – ESF do bairro Jardim Amorim.</t>
+  </si>
+  <si>
+    <t>23081</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23081/046-25_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja realizada a manutenção da estrada de chão com utilização de máquina patrol na Rua Thomaz Gimenes Martins (antiga Rua das Chácaras), localizada no bairro Jardim Tatiana.</t>
+  </si>
+  <si>
+    <t>23082</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23082/047-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria competente, seja realizada com urgência, a manutenção da “boca de lobo” localizada na Rua Benedito Calegari, no bairro Jardim Tatiana.</t>
+  </si>
+  <si>
+    <t>23083</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23083/048-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente estude a possibilidade de realizar a remoção de entulho e limpeza – “URGENTE", na Rua Maria Modeneze Módena, em frente ao nº 129, no Bairro Parque Bela Vista.</t>
+  </si>
+  <si>
+    <t>23084</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23084/049-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente estude a possibilidade de realizar a instalação “URGENTE” do banner de identificação da “Pista de Bicicross Lucas Furlani de Almeida”, no Parque Jatai.</t>
+  </si>
+  <si>
+    <t>23085</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23085/050-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize um estudo técnico para a regularização do “afundamento da via”, na Avenida Altamiro Ferreira da Silva, em frente ao nº 150, no Bairro Vossoroca.</t>
+  </si>
+  <si>
+    <t>23086</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23086/051-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente implante uma lombotravessia, na Avenida Santo Antônio, na altura do nº 892, Barra Funda.</t>
+  </si>
+  <si>
+    <t>23087</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23087/052-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize a manutenção asfáltica (tapa-buraco) na Av. Luiz do Patrocíno Fernandes na altura do nº 36, Vila Dominguinho, na esquina da Loja Paiol.</t>
+  </si>
+  <si>
+    <t>23088</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23088/053-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente implante uma placa de sinalização na Rua Progresso Gonçalves, na altura do número 104, no Jardim Karolyne.</t>
+  </si>
+  <si>
+    <t>23089</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23089/054-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos (SESP) ou outros órgãos competentes se faça a roçagem da Praça do Jardim Primavera, localizada no final da Rua Ordália Batista de Sales, no bairro Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>23090</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23090/055-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretária de Serviços Públicos (SESP) ou outros órgãos competentes se faça a manutenção do playground e da Academia ao Ar Livre da Praça do Jardim Primavera localizada no final da Rua Ordália Batista de Sales, no bairro Jd. Primavera.</t>
+  </si>
+  <si>
+    <t>23091</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23091/056-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que junto a Secretaria da Educação - SEED ou outros órgãos competentes faça a manutenção do telhado e calhas do CMEI “Romana Frederich Bauch”.</t>
+  </si>
+  <si>
+    <t>23092</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23092/057-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize uma ZELADORIA COMPLETA NA VIELA, na Rua Jurandir Cattini, viela ao lado do número 114 no bairro Jardim Archilla.</t>
+  </si>
+  <si>
+    <t>23093</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23093/058-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize as manutenções necessárias como RECAPEAMENTO ASFÁLTICO, em toda a extensão da Rua Antônio Munhoz, no bairro Jardim Araújo.</t>
+  </si>
+  <si>
+    <t>23094</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23094/059-26_-_dms_.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize as manutenções necessárias como RECAPEAMENTO ASFÁLTICO, em toda a extensão da Rua Ovídio Godinho, no bairro da Chave.</t>
+  </si>
+  <si>
+    <t>23095</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23095/060-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal para que determine à Secretaria Municipal competente a adoção de providências visando à realização de serviços de manutenção na barreira de concreto existente na Avenida Eugênio Bernardi, na altura do nº 504, neste Município.</t>
+  </si>
+  <si>
+    <t>23096</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23096/061-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que determine a Secretaria competente a realização urgente de serviços de roçagem, limpeza e zeladoria em toda a área da pista de bicicross e do complexo esportivo da Vila Nova Votorantim, neste município.</t>
+  </si>
+  <si>
+    <t>23097</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23097/062-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que determine a Secretaria competente a realização de serviços de limpeza e roçagem em terreno localizado na Rua Eufrásia Pereira de Camargo, altura do nº 226, neste município.</t>
+  </si>
+  <si>
+    <t>23098</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23098/063-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feito a roçagem na viela, localizada na Rua Enrico Violino, altura do número 667, bairro Parque Bela Vista.</t>
+  </si>
+  <si>
+    <t>23099</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23099/064-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feito a roçagem e limpeza na linha de trem inativa e no seu entorno, localizado na Rua João Xavier Pontes, altura do número 56 bairro Vila Vasques.</t>
+  </si>
+  <si>
+    <t>23100</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23100/065-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente sejam feitas a roçagem e manutenção no telhado do Ginásio Mirante dos Ovnis localizado na Rua Júlia Martins Domingues, número 13, bairro Vila Domingues nesta cidade.</t>
+  </si>
+  <si>
+    <t>23160</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23160/066-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize uma operação tapa-buracos em toda a extensão da Rua Júlia Alves dos Santos, localizada no bairro Jardim Novo Mundo.</t>
+  </si>
+  <si>
+    <t>23161</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23161/067-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria competente realize a poda da árvore localizada na Rua Décio Pereira Camargo, altura do nº 402, bairro Jardim Serrano II.</t>
+  </si>
+  <si>
+    <t>23162</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23162/068-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria competente e em conjunto com o setor de fiscalização de trânsito, seja realizada a notificação e posterior retirada dos veículos em estado de abandono, localizados na Rua Décio Pereira Camargo, bairro Jardim Serrano II.</t>
+  </si>
+  <si>
+    <t>23163</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23163/069-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de realizar as manutenções necessárias como RECAPEAMENTO ASFÁLTICO, na Rua Izaura Mendes de Almeida do nº 32 a nº 265, no Bairro Vila Irineu.</t>
+  </si>
+  <si>
+    <t>23164</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23164/070-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de executar a operação Tapa Buracos, na Rua Benedito Isse, em frente ao nº 178, no Bairro Jardim Maria Jose.</t>
+  </si>
+  <si>
+    <t>23165</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23165/071-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente estude a possibilidade de realizar as manutenções necessárias como RECAPEAMENTO ASFÁLTICO, no trecho da Avenida Ver. Newton Vieira Soares do nº 88 até 291, no Bairro Centro.</t>
+  </si>
+  <si>
+    <t>23166</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23166/072-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio das Secretarias competentes, realize estudos técnicos para a implantação de uma Academia ao Ar Livre, numa área situada na Rua Derli Prado, ao lado do Residencial Savoia, no Parque São João.</t>
+  </si>
+  <si>
+    <t>23167</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23167/073-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos (Sesp), realize a operação “Tapa-Buracos”, tendo em vista a situação em que se encontra o pavimento asfáltico na Rua Lina Picoloto, na Vila Nova Votorantim.</t>
+  </si>
+  <si>
+    <t>23168</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23168/074-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria competente realize o serviço de limpeza e roçagem do terreno localizado entre a Avenida Pedro Augusto Rangel e a Rua Venízia dos Santos Albertoni.</t>
+  </si>
+  <si>
+    <t>23169</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23169/075-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria Serviços Públicos - SESP faça a implantação de um playground, em uma área pública localizada na Rua Nelson Teixeira, próximo ao número 65, no bairro Itapeva.</t>
+  </si>
+  <si>
+    <t>23170</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23170/076-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da Secretaria de Serviços Públicos - SESP realize a manutenção asfáltica “Tapa – Buracos”, na Avenida Jaziel de Azeredo Ribeiro em frente aos números 432, 491 e 516, no bairro Vila Garcia.</t>
+  </si>
+  <si>
+    <t>23171</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23171/077-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente, realize a instalação da placa denominativa da Praça “Elza Sabino Bezerra”, localizada na Rua Hilda Alves Rocha, no bairro Votorantim Park I.</t>
+  </si>
+  <si>
+    <t>23172</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23172/078-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da SOURB ou outros órgãos competentes realize um estudo para reforma da Quadra Poliesportiva do bairro Green Valley.</t>
+  </si>
+  <si>
+    <t>23173</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23173/079-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da SOURB ou outros órgãos competentes faça a construção de uma escadaria com corrimão na viela nº 3 da Rua Francisco Batista Ferreira no Jardim Novo Mundo.</t>
+  </si>
+  <si>
+    <t>23174</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23174/080-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio da SOURB ou outros órgãos competentes realize um estudo para reforma e ampliação da ESF do bairro Green Valley</t>
+  </si>
+  <si>
+    <t>23175</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23175/081-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias, com relação aos reparos na “cratera” que se abriu na Rua João Souto de Campos, altura do número 246 no bairro Nova Votorantim.</t>
+  </si>
+  <si>
+    <t>23176</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23176/082-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias, com relação à Manutenção e Patrolamento da Rua Salvador Theodoro Nunes, no bairro Capoavinha.</t>
+  </si>
+  <si>
+    <t>23177</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23177/083-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias, com relação à retirada da árvore localizada no Centro Esportivo do bairro Vila Nova Votorantim, na Avenida Pedro Augusto Rangel, altura do nº 1.701.</t>
+  </si>
+  <si>
+    <t>23178</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23178/084-26__-rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize a “pintura da sinalização de solo – Faixa Viva” em frente à Igreja São Vicente de Paulo no bairro Jardim Karoline.</t>
+  </si>
+  <si>
+    <t>23179</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23179/085-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize a poda da árvore na Escola “Profª Edith Maganini” no bairro Vossoroca.</t>
+  </si>
+  <si>
+    <t>23180</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23180/086-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize a implantação de uma Pista de Caminhada de saibro e revitalização da área que fica ao lado do campo do Flamengo no bairro Vossoroca.</t>
+  </si>
+  <si>
+    <t>23181</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23181/087-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que determine a Secretaria competente, que sejam adotadas providências visando à substituição e adequação da tampa de bueiro localizada na Rua Sebastião Lopes, nº 149, Centro.</t>
+  </si>
+  <si>
+    <t>23182</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23182/088-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que tome as providências necessárias para coibir de forma urgente e definitiva os eventos conhecidos como "Fluxo" que ocorrem na Rua Maria Modeneze Modena, número 283, no bairro Vossoroca.</t>
+  </si>
+  <si>
+    <t>23183</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23183/089-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que tome as providências necessárias e urgentes para a realização dos serviços de limpeza e roçagem da viela localizada entre as ruas: Maria Modenezi Modena e Egino Terciane.</t>
+  </si>
+  <si>
+    <t>23184</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23184/090-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente, em especial às Secretarias de Educação e de Saúde, realize a implantação de campanhas educativas, palestras e ações permanentes no município voltadas à promoção da autoestima, prevenção ao bullying e cuidado com a saúde mental, com foco especial em crianças e adolescentes da rede de ensino.</t>
+  </si>
+  <si>
+    <t>23185</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23185/091-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente realize com urgência a manutenção estrutural na EMEIEF “Profª Célia Pieroni”, em especial quanto aos pisos das salas de aula.</t>
+  </si>
+  <si>
+    <t>23186</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23186/092-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente sejam adotadas com a máxima brevidade, as providências necessárias para a assinatura do contrato do Coral Municipal de Votorantim.</t>
+  </si>
+  <si>
+    <t>23187</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23187/093-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feita a roçagem da viela localizada na Rua Benedito Henrique de Oliveira, altura do número 200, bairro Jardim Archilla.</t>
+  </si>
+  <si>
+    <t>23188</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23188/094-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente sejam feitas as “trocas das lâmpadas queimadas” do poste localizado na Rua Paschoa Buscariol, altura do número 65, bairro Centro.</t>
+  </si>
+  <si>
+    <t>23189</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23189/095-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que por meio do setor competente seja feita a roçagem da EMEIEF “Antonio Marciano”, localizado na Rua Sete de Setembro, 803, bairro Parque Bela Vista.</t>
+  </si>
+  <si>
+    <t>23190</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23190/096-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente tome as providências necessárias para a poda das árvores em toda a extensão do canteiro central da Avenida Santo Antônio, no bairro Barra Funda.</t>
+  </si>
+  <si>
+    <t>23191</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23191/097-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente realize a manutenção asfáltica de “Tapa-Buracos” em toda a extensão da Rua Ovidio Godinho, no Bairro da Chave.</t>
+  </si>
+  <si>
+    <t>23192</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23192/098-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere à Administração Municipal que o setor competente faça uma saída para escoamento da água no chafariz da Praça dos Expedicionários localizada no bairro Parque Bela Vista.</t>
+  </si>
+  <si>
+    <t>23034</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23034/001-26_-_jao-_dispoe_denominacao_de_proprio_municipal_-_praca_francisco_aparecido_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação de próprio municipal – Praça “Francisco Aparecido Ferreira”.</t>
+  </si>
+  <si>
+    <t>23035</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23035/002-26_-_ff_-_programa_caminho_de_volta__incentivo_identificacao_pessoas_com_alzheimer.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Caminho de Volta” no Município de Votorantim, com diretrizes de incentivo à identificação de pessoas com Alzheimer, outras demências ou em condição de desorientação.</t>
+  </si>
+  <si>
+    <t>23036</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23036/003-26_-_rmk_-autoriza_o_poder_executivo_a_instituir_o_programa_votorantim_cuida__empreende.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a instituir o Programa “Votorantim Cuida &amp; Empreende” de estímulo ao empreendedorismo de mães e tutores atípicos, no Município de Votorantim.</t>
+  </si>
+  <si>
+    <t>23037</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23037/004-26_-_lmf-fornecimento_merenda_escolar_aos_profissionais_de_educacao_em_exercicio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o fornecimento de alimentação escolar aos profissionais da educação, em efetivo exercício nas escolas públicas municipais.</t>
+  </si>
+  <si>
+    <t>23115</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23115/005-26_-_rmk_-_dispoe_sobre_inclusao_e_alteracao_de_dispositivos_da_lei_1650.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão e a alteração de dispositivos da Lei Municipal nº 1.650, de 27 de junho de 2002.</t>
+  </si>
+  <si>
+    <t>23116</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23116/006-26_-_ff_-_diretrizes_gerais_de_protecao_integral_a_crianca_e_ao_adolescente_no_municipio_de_votorantim.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes gerais de proteção integral à criança e ao adolescente no Município de Votorantim, em consonância com a Constituição Federal e o Estatuto da Criança e do Adolescente, sem a criação de programas, estruturas administrativas ou imposição de obrigações ao Poder Executivo.</t>
+  </si>
+  <si>
+    <t>23193</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23193/007_-26_-_dms_-_institui_o_dia_do_desapego_consciente.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do Município de Votorantim, o “Dia do Desapego Consciente”.</t>
+  </si>
+  <si>
+    <t>23194</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23194/008-25_-_lsc_-_estabelece__prioridade_de_atendimento_para_maes_e_cuidadores_de_pessoas_com_deficiencia_ou_tea.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece prioridade de atendimento nos órgãos e entidades da Administração Pública Municipal, direta e indireta, e nas instituições privadas para as mães e os cuidadores de pessoas com deficiência física, mental, visual, auditiva, intelectual, psicossocial ou com Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>23195</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23195/009-26_-_rfc_-_declara_patrimonio_cultural_imaterial_do_municipio_de_votorantim_o_escola_de_musica.pdf</t>
+  </si>
+  <si>
+    <t>Declara Patrimônio Cultural Imaterial do Município de Votorantim a Escola de Música de Votorantim “Maestro Nilson Lombardi”.</t>
+  </si>
+  <si>
+    <t>23196</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23196/010-26_-_ff_-__promocao_e_prevencao_da_saude_da_muher_em_risco_de_cancer_de_colo_do_utero_e_de_mama.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece recomendações e diretrizes orientadoras voltadas à promoção e prevenção da saúde da mulher em risco de câncer de colo do útero e de mama, no âmbito do Município de Votorantim.</t>
+  </si>
+  <si>
+    <t>23019</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23019/001-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração Pública, para que informe: quais medidas estão sendo planejadas para a reforma da infraestrutura (principalmente, da rede de esgoto) da Avenida Jaziel de Azeredo Ribeiro, na região do bairro Vila Garcia; se há previsões de parcerias da Prefeitura com os novos empreendimentos a serem instalados na região, para viabilizar essa reforma; e, como o Poder Executivo pretende lidar com a regularização das áreas irregulares do bairro Vila Garcia em conjunto com as melhorias por ora solicitadas.</t>
+  </si>
+  <si>
+    <t>23020</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23020/002-26_-_rfcjao.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se já houve uma manifestação formal da Procuradoria Jurídica do Município, da Secretaria de Administração ou de outro órgão técnico competente, com relação à viabilidade legal da alteração da nomenclatura do cargo de Auxiliar de Serviços Infantis, em atenção  à reivindicação dos servidores que ocupam esse cargo, tendo em vista que, a eventual atualização dessa nomenclatura possui natureza estritamente legal e administrativa, sem impacto financeiro ao erário municipal, e depende de iniciativa privativa do Poder Executivo. Questiona também se, diante do disposto na Lei Federal nº 15.326, de 6 de janeiro de 2026, o Poder Executivo Municipal já realizou ou está realizando estudos técnicos, administrativos e jurídicos visando ao enquadramento dos profissionais que atuam na educação infantil na carreira do magistério, conforme os critérios estabelecidos na legislação federal; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23021</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23021/003-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: se, existe atualmente um cronograma oficial de roçagem e limpeza das praças, parques, canteiros centrais e áreas públicas no município; quais critérios técnicos são utilizados para definir a ordem e a periodicidade da roçagem nos diferentes bairros do município; quantas equipes, servidores e equipamentos estão atualmente destinados para a execução dos serviços de roçagem no município; quais são as principais dificuldades enfrentadas pelo município para manter a roçagem em dia; se, há empresas terceirizadas contratadas para execução de serviços de roçagem nos espaços públicos do município; quais são os valores dos contratos e prazo de vigência; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23022</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23022/004-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe em qual fase se encontra o processo licitatório referente à obra de pavimentação asfáltica da Rua Espedito Antônio do Nascimento, no bairro Jardim Novo Mundo; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23023</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23023/005-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: quantos leitos para internação, UTI e maternidade existem atualmente, no Hospital Municipal “Dr. Lauro Roberto Fogaça”; qual é o quadro de servidores efetivos do Hospital Municipal; quais são os procedimentos médicos realizados atualmente no Hospital Municipal; qual foi o número de atendimentos e procedimentos realizados no referido hospital, no ano de 2025; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23024</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23024/006-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se existe algum planejamento estratégico específico para a segurança pública, em Votorantim; quais parcerias estão sendo estabelecidas com o Governo de Estado, para reforçar a Segurança no Município; se, há previsão de aumento do efetivo policial estadual para atuar no município; como está sendo coordenada a integração das ações de Segurança Pública com outras Secretarias Municipais, para garantir resultados mais amplos e eficazes; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23025</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23025/007-26_-_rmk.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe qual o balanço consolidado e atualizado da efetiva economia financeira gerada pelas medidas estabelecidas no por meio do Decreto Municipal nº 8.056, de 24 de setembro de 2025, referentes ao período de sua vigência original (até 31 de dezembro de 2025) e sua prorrogação; qual a avaliação pormenorizada da gestão municipal sobre o custo-benefício das medidas de contingenciamento e solicita a apresentação do parecer técnico ou da análise formal oficial que fundamentou a decisão de prorrogar o contingenciamento após 31 de dezembro de 2025; questiona também, se houve redução no quadro de cargos em comissão durante todo o período de vigência do Decreto nº 8.056, de 2025 e sua prorrogação pelo Decreto nº 8.160, de 2025; quais alternativas ou otimizações estão sendo estudadas e/ou implementadas pela gestão municipal para mitigar os impactos negativos na prestação de serviços à população.</t>
+  </si>
+  <si>
+    <t>23026</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23026/008-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: qual o número total de atendimentos realizados nos últimos 12 (doze) meses, nas Unidades de Pronto Atendimento de Votorantim (Adulto e Infantil); qual é o porte oficial de cada UPA; se, o volume médio mensal de atendimentos médicos realizados em cada UPA é compatível com o porte oficialmente atribuído; qual é o número de leitos de emergência e de observação existentes de cada unidade; qual o quantitativo de médicos por plantão; qual o número total de médicos pediatras; se existe um treinamento inicial e periódico dos profissionais que trabalham nas UPAs; se os profissionais que atendem a emergência têm capacitação e ou experiência para o atendimento no respectivo setor; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23027</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23027/009-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe qual é o cronograma das áreas que estão em processo de regularização, no Jardim Novo Mundo; qual é o prazo de finalização desses processos, especialmente da área de assentamento conhecida como “Dandara”; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23028</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23028/010-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: quais estão sendo as providências do Poder Público, em relação ao problema na rede de águas pluviais que está causando trincas e rachaduras em imóveis, na Rua Jacques Gonçalves, no Jardim Serrano II, prejudicando os moradores; se, os moradores que foram notificados pela Defesa Civil para deixar suas residências terão alguma ajuda social do Poder Público; e, qual é o Plano de Manejo das Águas Pluviais de Votorantim para as áreas urbanas do município.</t>
+  </si>
+  <si>
+    <t>23104</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23104/011-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe, por meio da Secretaria competente, se já foi realizado algum estudo da população residente em áreas de riscos que poderia ser incluída nos programas de habitação do município; quais as áreas que já foram mapeadas para realização de cadastros dos munícipes para inclusão dos mesmos, nos programas habitacionais; qual medida está sendo tomada para controlar o aumento de moradias irregulares, e quais as ajudas sociais são fornecidas a esses moradores; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23105</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23105/012-26_-_lsc.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: quais providências estão sendo planejadas pela atual gestão, para resolver definitivamente os problemas de escoamento das águas pluviais, na Avenida Jaziel de Azeredo Ribeiro, bem como nas ruas Pedro Crais, Aligueri Vetorazzo, Etelvina Ferreira da Conceição e na Avenida Izabel Ferreira Coelho, na região do bairro Vila Garcia; se existe um cronograma para a realização dos estudos necessários e a implementação das obras de infraestrutura; e, quais medidas imediatas podem ser adotadas para mitigar os impactos das chuvas na região até que as soluções definitivas sejam implementadas.</t>
+  </si>
+  <si>
+    <t>23106</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23106/013-25_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se o setor competente poderia realizar estudos técnicos para mudar os contêineres instalados em frente à Estratégia de Saúde da Família – ESFs, para a Rua Adriano Maciel de Queiroz, no terreno em frente à E.E. “Selma Maria Martins Cunha”, no bairro Jardim Tatiana; quais medidas podem ser adotadas para coibir o descarte irregular de lixo e entulhos naquele ponto após a retirada dos contêineres; e, se há previsão de intensificação da fiscalização e dos serviços de limpeza urbana, no entorno da ESF do Jardim Tatiana.</t>
+  </si>
+  <si>
+    <t>23107</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23107/014-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: qual é o plano operacional de fiscalização atualmente adotado pelo Município para a limpeza e manutenção dos terrenos públicos, especialmente nos meses de maior índice pluviométrico; quantas ações fiscalizatórias foram realizadas nos últimos 12 (doze) meses em terrenos particulares; quais medidas administrativas e sancionatórias vêm sendo adotadas nos casos de reincidência ou de descumprimento das notificações; se existe um controle sistemático dessas ocorrências e quais são os critérios utilizados para a aplicação das penalidades; de que maneira, os dados da Avaliação de Densidade Larvária (ADL) e os relatórios do Centro de Controle de Zoonoses são utilizados para orientar as ações de fiscalização, a priorização de bairros e a definição de estratégias preventivas; quais secretarias e órgãos municipais participam das ações de combate à dengue; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23108</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23108/015-26_-_lcs__frf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: quantas crianças, atualmente matriculadas no Sistema Municipal de Ensino, necessitam de cuidador ou de auxiliar educacional; quantos cuidadores e auxiliares educacionais são disponibilizados, atualmente, no Sistema Municipal de Ensino; quantas unidades da rede contam com cuidadores; se, existe a possibilidade de aumentar o número dos cuidadores e auxiliares educacionais, nas escolas municipais; qual é a forma de contratação do cuidador; qual é a capacitação profissional exigida dos cuidadores; se, o município mantém algum convênio ou recebe recursos do Estado ou da União para a efetivação desse atendimento especial; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23109</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23109/016-26_-rhof.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: se existe algum tipo de planejamento específico, para aumentar a fiscalização, conforme o previsto na Lei nº 2706, de 22 de maio de 2019, que dispõe sobre o controle de fiscalização das atividades que gerem poluição sonora, impõe penalidades e dá outras providências; se, o Município de Votorantim possui decibelímetro, para atuar durante as fiscalizações; e, quantas fiscalizações ou notificações foram realizadas nos últimos 12 (doze) meses.</t>
+  </si>
+  <si>
+    <t>23110</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23110/017-26__-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se o Poder Público Municipal já está planejando os debates, audiências públicas e demais situações sobre o novo Plano Municipal de Educação; se já foi formalizada, por meio de Portaria, a Comissão que irá organizar as estratégias para o Plano Municipal de Educação, visto que, já estamos no mês de fevereiro; e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23111</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23111/018-25_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: quais unidades escolares, atualmente, estão contempladas com obras de reforma ou manutenção; quais os prazos estimados para o início e conclusão das reformas e manutenções programadas em cada unidade escolar; se, há previsão orçamentária específica para a execução dessas obras; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23112</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23112/019-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se existe um levantamento técnico atualizado sobre as condições estruturais das “bocas de lobo” existentes nas vias públicas do município; qual o cronograma vigente para execução dos serviços de manutenção das “bocas de lobo” nos diversos bairros; quantas “bocas de lobo” apresentam problemas estruturais, tais como afundamento, quebra de grelhas, obstrução ou necessidade de substituição; e quais medidas estão sendo adotadas ou planejadas pela Administração, para minimizar alagamentos em pontos mais críticos da cidade; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23113</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23113/020-26_-_rmk__rfc.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe qual o cronograma detalhado para a abertura do novo processo licitatório para a contratação de empresa responsável pela coleta de resíduos sólidos urbanos e gestão de contêineres, e quais critérios, indicadores de desempenho e exigências específicas serão implementados no próximo edital para assegurar a superação das deficiências e ineficiências atualmente observadas no serviço; qual a situação financeira atual do contrato com a empresa CONTEMAR AMBIENTAL COMÉRCIO DE CONTAINERS LTDA; qual a atuação da fiscalização municipal para garantir o cumprimento integral das obrigações contratuais por parte dessa empresa; houve a realização de estudos técnicos para identificar o déficit real de contêineres e a necessidade de novos equipamentos para atender adequadamente todas as regiões do município; qual o plano de manutenção preventiva e corretiva atualmente em vigor para os contêineres.</t>
+  </si>
+  <si>
+    <t>23114</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23114/021-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe, de forma detalhada, clara e acompanhada da documentação pertinente, informações acerca da contratação de empresa especializada para prestação de serviços de limpeza, higienização, desinfecção, asseio e conservação predial, para atender as necessidades das unidades da secretaria municipal de saúde e demais órgãos da administração municipal, e pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23153</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23153/022-26_-_rl.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe quais providências o Poder Executivo tem adotado para identificar e remover os veículos abandonados nas vias dos bairros Jardim Tatiana, Jardim Novo Mundo, Jardim Primavera e Green Valley; se existe um levantamento atualizado da quantidade de veículos em situação de abandono nesses bairros; se existe um canal específico para que os munícipes possam denunciar veículos abandonados; se, o município possui equipe destinada à notificação dos proprietários e à remoção de veículos abandonados; se, há previsão de realização de mutirões de fiscalização e remoção de veículos abandonados nos referidos bairros; se existe alguma legislação municipal que permita a aplicação de multa aos proprietários que abandonam veículos em vias públicas; quais ações preventivas estão sendo planejadas para evitar novos casos, como campanhas educativas e intensificação da fiscalização.</t>
+  </si>
+  <si>
+    <t>23154</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23154/023-26_-_dms.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se o setor responsável possui um levantamento atualizado dos pontos com maior incidência de descarte irregular de lixo no município; se há previsão para instalação de placas sinalizadoras de “Proibido Jogar Lixo” nessas áreas; se, a municipalidade realiza ações de fiscalização e aplicação de multas, nos casos de descarte irregular; se há um planejamento da Administração para a realização de campanhas educativas e de conscientização ambiental, em conjunto com a instalação das placas; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23155</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23155/024-26_-_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Administração, para que informe se a Votoprev - Instituto de Previdência do Município de Votorantim -, de fato, possui ou possuiu cotas do fundo imobiliário Macam Shopping (BLUE11); tendo em vista a notícia veiculada pelo site: www.einvestidor.estadao.com.br, em 11 de dezembro de 2025, informando que 14 instituições de previdência teriam aplicado em fundo imobiliário do Master que já perdeu 70% de valor de mercado, entre elas, a Votoprev, que reporta a expressiva desvalorização do fundo imobiliário Macam Shopping (BLUE11); solicita também informações referentes ao Impacto Financeiro Detalhado; à análise de Due Diligence e Critérios de Investimento; monitoramento e Governança; quais medidas específicas foram tomadas pela Votoprev e/ou pela Prefeitura de Votorantim, a partir da notificação da queda de 70% do valor de mercado do fundo, da reprovação das contas de 2024 pelos cotistas e da liquidação do Banco Master pelo Banco Central.</t>
+  </si>
+  <si>
+    <t>23156</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23156/025-26_-_dpn.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: se, a Secretaria de Educação já realizou o levantamento técnico específico em relação à situação relacionada às caixas d’água de amianto, nas escolas municipais, conforme o Executivo informou, por meio do Ofício nº 156/25-CMV, datado de 20 de março de 2025; qual foi a conclusão desse levantamento; quantas e quais escolas municipais ainda utilizam caixas de amianto como reservatório de água; quais providências e principalmente ações foram tomadas pela Administração diante do levantamento realizado; se, foi feito um cronograma para a substituição das antigas caixas d’água; se, está nos planos da atual gestão, a substituição das antigas caixas de amianto que porventura ainda existam nas escolas municipais por reservatórios de água modernos que ofereçam mais segurança à saúde das crianças matriculadas; e, pede informações correlatas.</t>
+  </si>
+  <si>
+    <t>23157</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23157/026-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe se há algum planejamento específico para a criação do Fundo Municipal de Segurança Pública (FMSP), em Votorantim; se existe um Conselho Gestor para gerenciar, fiscalizar e aprovar a aplicação dos recursos do Fundo Municipal de Segurança Pública (FMSP); e se existe a possibilidade de se criar a Secretaria Municipal de Segurança Pública.</t>
+  </si>
+  <si>
+    <t>23158</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23158/027-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe qual o quantitativo atual de funcionários que prestam serviços à Prefeitura Municipal, especificando o tipo de vínculo existente (servidores efetivos, ocupantes de cargos em comissão, estagiários e servidores designados); como estão distribuídos esses funcionários entre as Secretarias, Departamentos, Autarquias e demais unidades administrativas do município; quais os valores remuneratórios praticados, de acordo com cada tipo de vínculo, observada a legislação aplicável; qual o número de cargos de provimento em comissão existentes e preenchidos, no âmbito da Administração Municipal; se há servidores oriundos do governo do estado que, atualmente exercem atividades na Prefeitura Municipal; se há servidores municipais que se encontram cedidos ao governo do estado; quais os valores despendidos com a folha de pagamento nos meses de janeiro de 2025 a janeiro de 2026; solicita que seja encaminhado à Câmara Municipal demonstrativos.</t>
+  </si>
+  <si>
+    <t>23159</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23159/028-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Questiona a Administração, para que informe: quais são as Políticas Públicas voltadas à pessoa idosa em Votorantim; qual é a rede de apoio aos idosos em situação de abandono; se, em caso confirmado de idoso em situação de maus-tratos, o Poder Público possui um local para acolhida dessa pessoa; se, quantos idosos são atendidos, atualmente, na Casa do Idoso em Votorantim - Centro de Atendimento ao Idoso "Shirley Peinado Bernardi"; e, se o Poder Público pode analisar a possibilidade de criar um canal direto para denúncias de maus-tratos contra a pessoa idosa.</t>
+  </si>
+  <si>
+    <t>23150</t>
+  </si>
+  <si>
+    <t>REQSP</t>
+  </si>
+  <si>
+    <t>Requerimento Especial</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23150/001-26_-_lcs.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre votos de congratulações com o Senhor Marcos Roberto Nascimento pela passagem do Dia do Carteiro celebrado em 25 de janeiro.</t>
+  </si>
+  <si>
+    <t>23029</t>
+  </si>
+  <si>
+    <t>VPES</t>
+  </si>
+  <si>
+    <t>Votos de pesar</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23029/001-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor Claudio de Freitas.</t>
+  </si>
+  <si>
+    <t>23030</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23030/002-26_-_jao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento da Senhora Elizabeth Custodio da Silva.</t>
+  </si>
+  <si>
+    <t>23031</t>
+  </si>
+  <si>
+    <t>Gaguinho, Ronaldo Camargo</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23031/003-26_-_jao__rfc.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento da Senhora Conceição Monteiro Leite.</t>
+  </si>
+  <si>
+    <t>23032</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23032/004-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor Luciano Menon.</t>
+  </si>
+  <si>
+    <t>23033</t>
+  </si>
+  <si>
+    <t>Pastor Dr. Luiz Carlos-PL, Roberto França</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23033/005-26_-_lcs__rhof.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor João Ferreira da Costa.</t>
+  </si>
+  <si>
+    <t>23044</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23044/006-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor Luiz Antônio dos Santos –“Tuto”.</t>
+  </si>
+  <si>
+    <t>23045</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23045/007-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento da Senhora Tereza Sanches Cassiano.</t>
+  </si>
+  <si>
+    <t>23101</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23101/008-26_-_lmf.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento de (Sheyla) Diego Julio da Costa</t>
+  </si>
+  <si>
+    <t>23102</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23102/009-26_-_frf.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Jovem Tristam Luy dos Santos.</t>
+  </si>
+  <si>
+    <t>23151</t>
+  </si>
+  <si>
+    <t>Todos Vereadores</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23151/010-26_-_todos_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor Lupércio Mariano da Silva.</t>
+  </si>
+  <si>
+    <t>23152</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23152/011-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor Lourival Roque.</t>
+  </si>
+  <si>
+    <t>23199</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23199/012-26_-_rhof.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento do Senhor João Pereira Garcia.</t>
+  </si>
+  <si>
+    <t>23202</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23202/013-26_-_rfc.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre um voto de profundo pesar pelo falecimento da Senhora Maria Madalena Lucas.</t>
+  </si>
+  <si>
     <t>22952</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PAUT</t>
   </si>
   <si>
     <t>Pauta Expediente</t>
   </si>
   <si>
-    <t>Todos Vereadores</t>
-[...2 lines deleted...]
-    <t>https://sapl.votorantim.sp.leg.br/media/</t>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22952/proposituras_para_a_1a_sessao_ordinaria_-_03-02.pdf</t>
   </si>
   <si>
     <t>Pauta do Expediente da 1ª sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>23042</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23042/proposituras_para_a_2a_sessao_ordinaria_-_10-02.pdf</t>
+  </si>
+  <si>
+    <t>Pauta do Expediente da 2ª sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>23122</t>
+  </si>
+  <si>
+    <t>https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23122/proposituras_para_a_3a_sessao_ordinaria_-_20-02.pdf</t>
+  </si>
+  <si>
+    <t>Pauta do Expediente da 3ª sessão Ordinária.</t>
+  </si>
+  <si>
+    <t>23200</t>
+  </si>
+  <si>
+    <t>Pauta do Expediente da 4ª sessão Ordinária.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -405,69 +2193,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23043/ata_-_1a_s._o._-_03-02-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23121/ata_-_2a_s._o._-_10-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22985/001-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22987/002-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22988/003-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22989/004-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22990/005-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22991/006-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22992/007-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22993/008-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22994/009-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22995/010-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22996/011-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22997/012-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22999/013-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23000/014-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23001/015-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23002/016-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23003/017-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23004/018-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23005/019-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23006/020-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23007/021-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23008/022-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23009/023-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23010/024-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23011/025-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23012/026-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23013/027-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23014/028-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23015/029-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23016/030-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23017/031-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23018/032-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23067/033-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23068/034-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23069/035-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23070/036-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23071/037-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23072/038-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23074/039-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23075/040-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23076/041-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23077/042-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23078/043-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23079/044-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23080/045-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23081/046-25_-_rl.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23082/047-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23083/048-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23084/049-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23085/050-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23086/051-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23087/052-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23088/053-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23089/054-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23090/055-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23091/056-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23092/057-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23093/058-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23094/059-26_-_dms_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23095/060-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23096/061-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23097/062-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23098/063-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23099/064-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23100/065-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23160/066-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23161/067-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23162/068-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23163/069-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23164/070-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23165/071-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23166/072-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23167/073-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23168/074-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23169/075-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23170/076-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23171/077-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23172/078-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23173/079-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23174/080-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23175/081-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23176/082-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23177/083-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23178/084-26__-rhof.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23179/085-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23180/086-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23181/087-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23182/088-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23183/089-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23184/090-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23185/091-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23186/092-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23187/093-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23188/094-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23189/095-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23190/096-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23191/097-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23192/098-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23034/001-26_-_jao-_dispoe_denominacao_de_proprio_municipal_-_praca_francisco_aparecido_ferreira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23035/002-26_-_ff_-_programa_caminho_de_volta__incentivo_identificacao_pessoas_com_alzheimer.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23036/003-26_-_rmk_-autoriza_o_poder_executivo_a_instituir_o_programa_votorantim_cuida__empreende.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23037/004-26_-_lmf-fornecimento_merenda_escolar_aos_profissionais_de_educacao_em_exercicio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23115/005-26_-_rmk_-_dispoe_sobre_inclusao_e_alteracao_de_dispositivos_da_lei_1650.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23116/006-26_-_ff_-_diretrizes_gerais_de_protecao_integral_a_crianca_e_ao_adolescente_no_municipio_de_votorantim.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23193/007_-26_-_dms_-_institui_o_dia_do_desapego_consciente.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23194/008-25_-_lsc_-_estabelece__prioridade_de_atendimento_para_maes_e_cuidadores_de_pessoas_com_deficiencia_ou_tea.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23195/009-26_-_rfc_-_declara_patrimonio_cultural_imaterial_do_municipio_de_votorantim_o_escola_de_musica.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23196/010-26_-_ff_-__promocao_e_prevencao_da_saude_da_muher_em_risco_de_cancer_de_colo_do_utero_e_de_mama.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23019/001-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23020/002-26_-_rfcjao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23021/003-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23022/004-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23023/005-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23024/006-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23025/007-26_-_rmk.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23026/008-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23027/009-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23028/010-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23104/011-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23105/012-26_-_lsc.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23106/013-25_-_rl.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23107/014-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23108/015-26_-_lcs__frf.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23109/016-26_-rhof.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23110/017-26__-_lmf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23111/018-25_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23112/019-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23113/020-26_-_rmk__rfc.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23114/021-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23153/022-26_-_rl.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23154/023-26_-_dms.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23155/024-26_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23156/025-26_-_dpn.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23157/026-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23158/027-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23159/028-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23150/001-26_-_lcs.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23029/001-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23030/002-26_-_jao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23031/003-26_-_jao__rfc.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23032/004-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23033/005-26_-_lcs__rhof.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23044/006-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23045/007-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23101/008-26_-_lmf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23102/009-26_-_frf.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23151/010-26_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23152/011-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23199/012-26_-_rhof.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23202/013-26_-_rfc.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/22952/proposituras_para_a_1a_sessao_ordinaria_-_03-02.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23042/proposituras_para_a_2a_sessao_ordinaria_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/sapl/public/materialegislativa/2026/23122/proposituras_para_a_3a_sessao_ordinaria_-_20-02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.votorantim.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="40.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="36.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="186.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -478,53 +2266,4319 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H18" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>85</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H19" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H20" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>85</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>27</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>27</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>110</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>110</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>30</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>30</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>30</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>135</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H31" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>135</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H32" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>143</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>135</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>147</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34" t="s">
+        <v>148</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H34" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>151</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>34</v>
+      </c>
+      <c r="F35" t="s">
+        <v>148</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>148</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
+        <v>161</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H37" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" t="s">
+        <v>33</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>161</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H38" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>169</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>27</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H39" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>27</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H40" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>176</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" t="s">
+        <v>33</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>27</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H41" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>180</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>34</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H43" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>46</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H44" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" t="s">
+        <v>46</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>197</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>34</v>
+      </c>
+      <c r="F46" t="s">
+        <v>46</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H46" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>200</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+      <c r="E47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" t="s">
+        <v>46</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H47" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>205</v>
+      </c>
+      <c r="D48" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" t="s">
+        <v>34</v>
+      </c>
+      <c r="F48" t="s">
+        <v>85</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H48" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>208</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>209</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>34</v>
+      </c>
+      <c r="F49" t="s">
+        <v>85</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H49" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>212</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>213</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>34</v>
+      </c>
+      <c r="F50" t="s">
+        <v>85</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>216</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>217</v>
+      </c>
+      <c r="D51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E51" t="s">
+        <v>34</v>
+      </c>
+      <c r="F51" t="s">
+        <v>72</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H51" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>220</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>221</v>
+      </c>
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+      <c r="E52" t="s">
+        <v>34</v>
+      </c>
+      <c r="F52" t="s">
+        <v>72</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H52" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>224</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+      <c r="E53" t="s">
+        <v>34</v>
+      </c>
+      <c r="F53" t="s">
+        <v>72</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H53" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>229</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" t="s">
+        <v>34</v>
+      </c>
+      <c r="F54" t="s">
+        <v>110</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H54" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>232</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>233</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" t="s">
+        <v>34</v>
+      </c>
+      <c r="F55" t="s">
+        <v>110</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H55" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>236</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>237</v>
+      </c>
+      <c r="D56" t="s">
+        <v>33</v>
+      </c>
+      <c r="E56" t="s">
+        <v>34</v>
+      </c>
+      <c r="F56" t="s">
+        <v>110</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H56" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>240</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>241</v>
+      </c>
+      <c r="D57" t="s">
+        <v>33</v>
+      </c>
+      <c r="E57" t="s">
+        <v>34</v>
+      </c>
+      <c r="F57" t="s">
+        <v>161</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H57" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>244</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>245</v>
+      </c>
+      <c r="D58" t="s">
+        <v>33</v>
+      </c>
+      <c r="E58" t="s">
+        <v>34</v>
+      </c>
+      <c r="F58" t="s">
+        <v>161</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H58" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>248</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>249</v>
+      </c>
+      <c r="D59" t="s">
+        <v>33</v>
+      </c>
+      <c r="E59" t="s">
+        <v>34</v>
+      </c>
+      <c r="F59" t="s">
+        <v>161</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H59" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>252</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>253</v>
+      </c>
+      <c r="D60" t="s">
+        <v>33</v>
+      </c>
+      <c r="E60" t="s">
+        <v>34</v>
+      </c>
+      <c r="F60" t="s">
+        <v>148</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H60" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>256</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>257</v>
+      </c>
+      <c r="D61" t="s">
+        <v>33</v>
+      </c>
+      <c r="E61" t="s">
+        <v>34</v>
+      </c>
+      <c r="F61" t="s">
+        <v>148</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H61" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>260</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>261</v>
+      </c>
+      <c r="D62" t="s">
+        <v>33</v>
+      </c>
+      <c r="E62" t="s">
+        <v>34</v>
+      </c>
+      <c r="F62" t="s">
+        <v>148</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H62" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>264</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>265</v>
+      </c>
+      <c r="D63" t="s">
+        <v>33</v>
+      </c>
+      <c r="E63" t="s">
+        <v>34</v>
+      </c>
+      <c r="F63" t="s">
+        <v>59</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H63" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>268</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>269</v>
+      </c>
+      <c r="D64" t="s">
+        <v>33</v>
+      </c>
+      <c r="E64" t="s">
+        <v>34</v>
+      </c>
+      <c r="F64" t="s">
+        <v>59</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H64" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>272</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>273</v>
+      </c>
+      <c r="D65" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" t="s">
+        <v>34</v>
+      </c>
+      <c r="F65" t="s">
+        <v>59</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H65" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>276</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>277</v>
+      </c>
+      <c r="D66" t="s">
+        <v>33</v>
+      </c>
+      <c r="E66" t="s">
+        <v>34</v>
+      </c>
+      <c r="F66" t="s">
+        <v>30</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H66" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>280</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>281</v>
+      </c>
+      <c r="D67" t="s">
+        <v>33</v>
+      </c>
+      <c r="E67" t="s">
+        <v>34</v>
+      </c>
+      <c r="F67" t="s">
+        <v>30</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H67" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>284</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>285</v>
+      </c>
+      <c r="D68" t="s">
+        <v>33</v>
+      </c>
+      <c r="E68" t="s">
+        <v>34</v>
+      </c>
+      <c r="F68" t="s">
+        <v>30</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H68" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>288</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>289</v>
+      </c>
+      <c r="D69" t="s">
+        <v>33</v>
+      </c>
+      <c r="E69" t="s">
+        <v>34</v>
+      </c>
+      <c r="F69" t="s">
+        <v>135</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H69" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>292</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>293</v>
+      </c>
+      <c r="D70" t="s">
+        <v>33</v>
+      </c>
+      <c r="E70" t="s">
+        <v>34</v>
+      </c>
+      <c r="F70" t="s">
+        <v>135</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H70" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>296</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>297</v>
+      </c>
+      <c r="D71" t="s">
+        <v>33</v>
+      </c>
+      <c r="E71" t="s">
+        <v>34</v>
+      </c>
+      <c r="F71" t="s">
+        <v>135</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H71" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>300</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>301</v>
+      </c>
+      <c r="D72" t="s">
+        <v>33</v>
+      </c>
+      <c r="E72" t="s">
+        <v>34</v>
+      </c>
+      <c r="F72" t="s">
+        <v>72</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H72" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>304</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>305</v>
+      </c>
+      <c r="D73" t="s">
+        <v>33</v>
+      </c>
+      <c r="E73" t="s">
+        <v>34</v>
+      </c>
+      <c r="F73" t="s">
+        <v>72</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H73" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>308</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>309</v>
+      </c>
+      <c r="D74" t="s">
+        <v>33</v>
+      </c>
+      <c r="E74" t="s">
+        <v>34</v>
+      </c>
+      <c r="F74" t="s">
+        <v>72</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H74" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>312</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>313</v>
+      </c>
+      <c r="D75" t="s">
+        <v>33</v>
+      </c>
+      <c r="E75" t="s">
+        <v>34</v>
+      </c>
+      <c r="F75" t="s">
+        <v>59</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H75" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>316</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>317</v>
+      </c>
+      <c r="D76" t="s">
+        <v>33</v>
+      </c>
+      <c r="E76" t="s">
+        <v>34</v>
+      </c>
+      <c r="F76" t="s">
+        <v>59</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H76" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>320</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>321</v>
+      </c>
+      <c r="D77" t="s">
+        <v>33</v>
+      </c>
+      <c r="E77" t="s">
+        <v>34</v>
+      </c>
+      <c r="F77" t="s">
+        <v>59</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H77" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>324</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>325</v>
+      </c>
+      <c r="D78" t="s">
+        <v>33</v>
+      </c>
+      <c r="E78" t="s">
+        <v>34</v>
+      </c>
+      <c r="F78" t="s">
+        <v>85</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H78" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>328</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>329</v>
+      </c>
+      <c r="D79" t="s">
+        <v>33</v>
+      </c>
+      <c r="E79" t="s">
+        <v>34</v>
+      </c>
+      <c r="F79" t="s">
+        <v>85</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H79" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>332</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>333</v>
+      </c>
+      <c r="D80" t="s">
+        <v>33</v>
+      </c>
+      <c r="E80" t="s">
+        <v>34</v>
+      </c>
+      <c r="F80" t="s">
+        <v>85</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H80" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>336</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>337</v>
+      </c>
+      <c r="D81" t="s">
+        <v>33</v>
+      </c>
+      <c r="E81" t="s">
+        <v>34</v>
+      </c>
+      <c r="F81" t="s">
+        <v>35</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H81" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>340</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>341</v>
+      </c>
+      <c r="D82" t="s">
+        <v>33</v>
+      </c>
+      <c r="E82" t="s">
+        <v>34</v>
+      </c>
+      <c r="F82" t="s">
+        <v>35</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H82" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>344</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>345</v>
+      </c>
+      <c r="D83" t="s">
+        <v>33</v>
+      </c>
+      <c r="E83" t="s">
+        <v>34</v>
+      </c>
+      <c r="F83" t="s">
+        <v>35</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H83" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>348</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>349</v>
+      </c>
+      <c r="D84" t="s">
+        <v>33</v>
+      </c>
+      <c r="E84" t="s">
+        <v>34</v>
+      </c>
+      <c r="F84" t="s">
+        <v>148</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H84" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>352</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>353</v>
+      </c>
+      <c r="D85" t="s">
+        <v>33</v>
+      </c>
+      <c r="E85" t="s">
+        <v>34</v>
+      </c>
+      <c r="F85" t="s">
+        <v>148</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H85" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>356</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>357</v>
+      </c>
+      <c r="D86" t="s">
+        <v>33</v>
+      </c>
+      <c r="E86" t="s">
+        <v>34</v>
+      </c>
+      <c r="F86" t="s">
+        <v>148</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H86" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>360</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>361</v>
+      </c>
+      <c r="D87" t="s">
+        <v>33</v>
+      </c>
+      <c r="E87" t="s">
+        <v>34</v>
+      </c>
+      <c r="F87" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H87" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>364</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>365</v>
+      </c>
+      <c r="D88" t="s">
+        <v>33</v>
+      </c>
+      <c r="E88" t="s">
+        <v>34</v>
+      </c>
+      <c r="F88" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H88" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>368</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>369</v>
+      </c>
+      <c r="D89" t="s">
+        <v>33</v>
+      </c>
+      <c r="E89" t="s">
+        <v>34</v>
+      </c>
+      <c r="F89" t="s">
+        <v>27</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H89" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>372</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>373</v>
+      </c>
+      <c r="D90" t="s">
+        <v>33</v>
+      </c>
+      <c r="E90" t="s">
+        <v>34</v>
+      </c>
+      <c r="F90" t="s">
+        <v>110</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H90" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>376</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>377</v>
+      </c>
+      <c r="D91" t="s">
+        <v>33</v>
+      </c>
+      <c r="E91" t="s">
+        <v>34</v>
+      </c>
+      <c r="F91" t="s">
+        <v>110</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H91" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>380</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>381</v>
+      </c>
+      <c r="D92" t="s">
+        <v>33</v>
+      </c>
+      <c r="E92" t="s">
+        <v>34</v>
+      </c>
+      <c r="F92" t="s">
+        <v>110</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H92" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>384</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>385</v>
+      </c>
+      <c r="D93" t="s">
+        <v>33</v>
+      </c>
+      <c r="E93" t="s">
+        <v>34</v>
+      </c>
+      <c r="F93" t="s">
+        <v>30</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H93" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>388</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>389</v>
+      </c>
+      <c r="D94" t="s">
+        <v>33</v>
+      </c>
+      <c r="E94" t="s">
+        <v>34</v>
+      </c>
+      <c r="F94" t="s">
+        <v>30</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H94" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>392</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>393</v>
+      </c>
+      <c r="D95" t="s">
+        <v>33</v>
+      </c>
+      <c r="E95" t="s">
+        <v>34</v>
+      </c>
+      <c r="F95" t="s">
+        <v>30</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H95" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>396</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>397</v>
+      </c>
+      <c r="D96" t="s">
+        <v>33</v>
+      </c>
+      <c r="E96" t="s">
+        <v>34</v>
+      </c>
+      <c r="F96" t="s">
+        <v>46</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H96" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>400</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>401</v>
+      </c>
+      <c r="D97" t="s">
+        <v>33</v>
+      </c>
+      <c r="E97" t="s">
+        <v>34</v>
+      </c>
+      <c r="F97" t="s">
+        <v>46</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H97" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>404</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>405</v>
+      </c>
+      <c r="D98" t="s">
+        <v>33</v>
+      </c>
+      <c r="E98" t="s">
+        <v>34</v>
+      </c>
+      <c r="F98" t="s">
+        <v>46</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H98" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>408</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>409</v>
+      </c>
+      <c r="D99" t="s">
+        <v>33</v>
+      </c>
+      <c r="E99" t="s">
+        <v>34</v>
+      </c>
+      <c r="F99" t="s">
+        <v>135</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H99" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>412</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>413</v>
+      </c>
+      <c r="D100" t="s">
+        <v>33</v>
+      </c>
+      <c r="E100" t="s">
+        <v>34</v>
+      </c>
+      <c r="F100" t="s">
+        <v>135</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H100" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>416</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>417</v>
+      </c>
+      <c r="D101" t="s">
+        <v>33</v>
+      </c>
+      <c r="E101" t="s">
+        <v>34</v>
+      </c>
+      <c r="F101" t="s">
+        <v>135</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H101" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>420</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>421</v>
+      </c>
+      <c r="D102" t="s">
+        <v>33</v>
+      </c>
+      <c r="E102" t="s">
+        <v>34</v>
+      </c>
+      <c r="F102" t="s">
+        <v>161</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H102" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>424</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>425</v>
+      </c>
+      <c r="D103" t="s">
+        <v>33</v>
+      </c>
+      <c r="E103" t="s">
+        <v>34</v>
+      </c>
+      <c r="F103" t="s">
+        <v>161</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H103" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>428</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>429</v>
+      </c>
+      <c r="D104" t="s">
+        <v>33</v>
+      </c>
+      <c r="E104" t="s">
+        <v>34</v>
+      </c>
+      <c r="F104" t="s">
+        <v>161</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H104" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>432</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
+        <v>433</v>
+      </c>
+      <c r="E105" t="s">
+        <v>434</v>
+      </c>
+      <c r="F105" t="s">
+        <v>27</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H105" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>437</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" t="s">
+        <v>433</v>
+      </c>
+      <c r="E106" t="s">
+        <v>434</v>
+      </c>
+      <c r="F106" t="s">
+        <v>135</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H106" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>440</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>21</v>
+      </c>
+      <c r="D107" t="s">
+        <v>433</v>
+      </c>
+      <c r="E107" t="s">
+        <v>434</v>
+      </c>
+      <c r="F107" t="s">
+        <v>30</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H107" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>443</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>45</v>
+      </c>
+      <c r="D108" t="s">
+        <v>433</v>
+      </c>
+      <c r="E108" t="s">
+        <v>434</v>
+      </c>
+      <c r="F108" t="s">
+        <v>161</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H108" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>446</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>50</v>
+      </c>
+      <c r="D109" t="s">
+        <v>433</v>
+      </c>
+      <c r="E109" t="s">
+        <v>434</v>
+      </c>
+      <c r="F109" t="s">
+        <v>30</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H109" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>449</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>54</v>
+      </c>
+      <c r="D110" t="s">
+        <v>433</v>
+      </c>
+      <c r="E110" t="s">
+        <v>434</v>
+      </c>
+      <c r="F110" t="s">
+        <v>30</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H110" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>452</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>58</v>
+      </c>
+      <c r="D111" t="s">
+        <v>433</v>
+      </c>
+      <c r="E111" t="s">
+        <v>434</v>
+      </c>
+      <c r="F111" t="s">
+        <v>59</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H111" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>455</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>63</v>
+      </c>
+      <c r="D112" t="s">
+        <v>433</v>
+      </c>
+      <c r="E112" t="s">
+        <v>434</v>
+      </c>
+      <c r="F112" t="s">
+        <v>35</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H112" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>458</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>67</v>
+      </c>
+      <c r="D113" t="s">
+        <v>433</v>
+      </c>
+      <c r="E113" t="s">
+        <v>434</v>
+      </c>
+      <c r="F113" t="s">
+        <v>46</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H113" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>461</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>71</v>
+      </c>
+      <c r="D114" t="s">
+        <v>433</v>
+      </c>
+      <c r="E114" t="s">
+        <v>434</v>
+      </c>
+      <c r="F114" t="s">
+        <v>135</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H114" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>464</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>10</v>
+      </c>
+      <c r="D115" t="s">
+        <v>465</v>
+      </c>
+      <c r="E115" t="s">
+        <v>466</v>
+      </c>
+      <c r="F115" t="s">
+        <v>35</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H115" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>469</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>17</v>
+      </c>
+      <c r="D116" t="s">
+        <v>465</v>
+      </c>
+      <c r="E116" t="s">
+        <v>466</v>
+      </c>
+      <c r="F116" t="s">
+        <v>46</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H116" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>472</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>21</v>
+      </c>
+      <c r="D117" t="s">
+        <v>465</v>
+      </c>
+      <c r="E117" t="s">
+        <v>466</v>
+      </c>
+      <c r="F117" t="s">
+        <v>59</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H117" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>475</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>45</v>
+      </c>
+      <c r="D118" t="s">
+        <v>465</v>
+      </c>
+      <c r="E118" t="s">
+        <v>466</v>
+      </c>
+      <c r="F118" t="s">
+        <v>72</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H118" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>478</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>50</v>
+      </c>
+      <c r="D119" t="s">
+        <v>465</v>
+      </c>
+      <c r="E119" t="s">
+        <v>466</v>
+      </c>
+      <c r="F119" t="s">
+        <v>27</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H119" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>481</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>54</v>
+      </c>
+      <c r="D120" t="s">
+        <v>465</v>
+      </c>
+      <c r="E120" t="s">
+        <v>466</v>
+      </c>
+      <c r="F120" t="s">
+        <v>110</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H120" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>484</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>58</v>
+      </c>
+      <c r="D121" t="s">
+        <v>465</v>
+      </c>
+      <c r="E121" t="s">
+        <v>466</v>
+      </c>
+      <c r="F121" t="s">
+        <v>30</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H121" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>487</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>63</v>
+      </c>
+      <c r="D122" t="s">
+        <v>465</v>
+      </c>
+      <c r="E122" t="s">
+        <v>466</v>
+      </c>
+      <c r="F122" t="s">
+        <v>135</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H122" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>490</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>67</v>
+      </c>
+      <c r="D123" t="s">
+        <v>465</v>
+      </c>
+      <c r="E123" t="s">
+        <v>466</v>
+      </c>
+      <c r="F123" t="s">
+        <v>148</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H123" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>493</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>71</v>
+      </c>
+      <c r="D124" t="s">
+        <v>465</v>
+      </c>
+      <c r="E124" t="s">
+        <v>466</v>
+      </c>
+      <c r="F124" t="s">
+        <v>161</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H124" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>496</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>76</v>
+      </c>
+      <c r="D125" t="s">
+        <v>465</v>
+      </c>
+      <c r="E125" t="s">
+        <v>466</v>
+      </c>
+      <c r="F125" t="s">
+        <v>27</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H125" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>499</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>80</v>
+      </c>
+      <c r="D126" t="s">
+        <v>465</v>
+      </c>
+      <c r="E126" t="s">
+        <v>466</v>
+      </c>
+      <c r="F126" t="s">
+        <v>35</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H126" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>502</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>84</v>
+      </c>
+      <c r="D127" t="s">
+        <v>465</v>
+      </c>
+      <c r="E127" t="s">
+        <v>466</v>
+      </c>
+      <c r="F127" t="s">
+        <v>72</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H127" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>505</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>89</v>
+      </c>
+      <c r="D128" t="s">
+        <v>465</v>
+      </c>
+      <c r="E128" t="s">
+        <v>466</v>
+      </c>
+      <c r="F128" t="s">
+        <v>46</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H128" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>508</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>93</v>
+      </c>
+      <c r="D129" t="s">
+        <v>465</v>
+      </c>
+      <c r="E129" t="s">
+        <v>466</v>
+      </c>
+      <c r="F129" t="s">
+        <v>85</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H129" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>511</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>97</v>
+      </c>
+      <c r="D130" t="s">
+        <v>465</v>
+      </c>
+      <c r="E130" t="s">
+        <v>466</v>
+      </c>
+      <c r="F130" t="s">
+        <v>110</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H130" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>514</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>101</v>
+      </c>
+      <c r="D131" t="s">
+        <v>465</v>
+      </c>
+      <c r="E131" t="s">
+        <v>466</v>
+      </c>
+      <c r="F131" t="s">
+        <v>161</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H131" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>517</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>105</v>
+      </c>
+      <c r="D132" t="s">
+        <v>465</v>
+      </c>
+      <c r="E132" t="s">
+        <v>466</v>
+      </c>
+      <c r="F132" t="s">
+        <v>148</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H132" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>520</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>109</v>
+      </c>
+      <c r="D133" t="s">
+        <v>465</v>
+      </c>
+      <c r="E133" t="s">
+        <v>466</v>
+      </c>
+      <c r="F133" t="s">
+        <v>59</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H133" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>523</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>114</v>
+      </c>
+      <c r="D134" t="s">
+        <v>465</v>
+      </c>
+      <c r="E134" t="s">
+        <v>466</v>
+      </c>
+      <c r="F134" t="s">
+        <v>30</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H134" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>526</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>118</v>
+      </c>
+      <c r="D135" t="s">
+        <v>465</v>
+      </c>
+      <c r="E135" t="s">
+        <v>466</v>
+      </c>
+      <c r="F135" t="s">
+        <v>135</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H135" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>529</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>122</v>
+      </c>
+      <c r="D136" t="s">
+        <v>465</v>
+      </c>
+      <c r="E136" t="s">
+        <v>466</v>
+      </c>
+      <c r="F136" t="s">
+        <v>72</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H136" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>532</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>126</v>
+      </c>
+      <c r="D137" t="s">
+        <v>465</v>
+      </c>
+      <c r="E137" t="s">
+        <v>466</v>
+      </c>
+      <c r="F137" t="s">
+        <v>59</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H137" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>535</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>130</v>
+      </c>
+      <c r="D138" t="s">
+        <v>465</v>
+      </c>
+      <c r="E138" t="s">
+        <v>466</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H138" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>538</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>134</v>
+      </c>
+      <c r="D139" t="s">
+        <v>465</v>
+      </c>
+      <c r="E139" t="s">
+        <v>466</v>
+      </c>
+      <c r="F139" t="s">
+        <v>148</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H139" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>541</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>139</v>
+      </c>
+      <c r="D140" t="s">
+        <v>465</v>
+      </c>
+      <c r="E140" t="s">
+        <v>466</v>
+      </c>
+      <c r="F140" t="s">
+        <v>110</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H140" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>544</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>143</v>
+      </c>
+      <c r="D141" t="s">
+        <v>465</v>
+      </c>
+      <c r="E141" t="s">
+        <v>466</v>
+      </c>
+      <c r="F141" t="s">
+        <v>135</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H141" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>547</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>147</v>
+      </c>
+      <c r="D142" t="s">
+        <v>465</v>
+      </c>
+      <c r="E142" t="s">
+        <v>466</v>
+      </c>
+      <c r="F142" t="s">
+        <v>161</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H142" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>550</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>10</v>
+      </c>
+      <c r="D143" t="s">
+        <v>551</v>
+      </c>
+      <c r="E143" t="s">
+        <v>552</v>
+      </c>
+      <c r="F143" t="s">
+        <v>85</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H143" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>555</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" t="s">
+        <v>556</v>
+      </c>
+      <c r="E144" t="s">
+        <v>557</v>
+      </c>
+      <c r="F144" t="s">
+        <v>27</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H144" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>560</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>17</v>
+      </c>
+      <c r="D145" t="s">
+        <v>556</v>
+      </c>
+      <c r="E145" t="s">
+        <v>557</v>
+      </c>
+      <c r="F145" t="s">
+        <v>27</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H145" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>563</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>21</v>
+      </c>
+      <c r="D146" t="s">
+        <v>556</v>
+      </c>
+      <c r="E146" t="s">
+        <v>557</v>
+      </c>
+      <c r="F146" t="s">
+        <v>564</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H146" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>567</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>45</v>
+      </c>
+      <c r="D147" t="s">
+        <v>556</v>
+      </c>
+      <c r="E147" t="s">
+        <v>557</v>
+      </c>
+      <c r="F147" t="s">
+        <v>46</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H147" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>570</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>50</v>
+      </c>
+      <c r="D148" t="s">
+        <v>556</v>
+      </c>
+      <c r="E148" t="s">
+        <v>557</v>
+      </c>
+      <c r="F148" t="s">
+        <v>571</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H148" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>574</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>54</v>
+      </c>
+      <c r="D149" t="s">
+        <v>556</v>
+      </c>
+      <c r="E149" t="s">
+        <v>557</v>
+      </c>
+      <c r="F149" t="s">
+        <v>110</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H149" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>577</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>58</v>
+      </c>
+      <c r="D150" t="s">
+        <v>556</v>
+      </c>
+      <c r="E150" t="s">
+        <v>557</v>
+      </c>
+      <c r="F150" t="s">
+        <v>135</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H150" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>580</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>63</v>
+      </c>
+      <c r="D151" t="s">
+        <v>556</v>
+      </c>
+      <c r="E151" t="s">
+        <v>557</v>
+      </c>
+      <c r="F151" t="s">
+        <v>161</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H151" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>583</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>67</v>
+      </c>
+      <c r="D152" t="s">
+        <v>556</v>
+      </c>
+      <c r="E152" t="s">
+        <v>557</v>
+      </c>
+      <c r="F152" t="s">
+        <v>135</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H152" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>586</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>71</v>
+      </c>
+      <c r="D153" t="s">
+        <v>556</v>
+      </c>
+      <c r="E153" t="s">
+        <v>557</v>
+      </c>
+      <c r="F153" t="s">
+        <v>587</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H153" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>590</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>76</v>
+      </c>
+      <c r="D154" t="s">
+        <v>556</v>
+      </c>
+      <c r="E154" t="s">
+        <v>557</v>
+      </c>
+      <c r="F154" t="s">
+        <v>110</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H154" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>593</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>80</v>
+      </c>
+      <c r="D155" t="s">
+        <v>556</v>
+      </c>
+      <c r="E155" t="s">
+        <v>557</v>
+      </c>
+      <c r="F155" t="s">
+        <v>110</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H155" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>596</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>84</v>
+      </c>
+      <c r="D156" t="s">
+        <v>556</v>
+      </c>
+      <c r="E156" t="s">
+        <v>557</v>
+      </c>
+      <c r="F156" t="s">
+        <v>46</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H156" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>599</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>10</v>
+      </c>
+      <c r="D157" t="s">
+        <v>600</v>
+      </c>
+      <c r="E157" t="s">
+        <v>601</v>
+      </c>
+      <c r="F157" t="s">
+        <v>587</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H157" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>604</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>17</v>
+      </c>
+      <c r="D158" t="s">
+        <v>600</v>
+      </c>
+      <c r="E158" t="s">
+        <v>601</v>
+      </c>
+      <c r="F158" t="s">
+        <v>587</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H158" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>607</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>21</v>
+      </c>
+      <c r="D159" t="s">
+        <v>600</v>
+      </c>
+      <c r="E159" t="s">
+        <v>601</v>
+      </c>
+      <c r="F159" t="s">
+        <v>587</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H159" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>610</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>45</v>
+      </c>
+      <c r="D160" t="s">
+        <v>600</v>
+      </c>
+      <c r="E160" t="s">
+        <v>601</v>
+      </c>
+      <c r="F160" t="s">
+        <v>587</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160" t="s">
+        <v>611</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>